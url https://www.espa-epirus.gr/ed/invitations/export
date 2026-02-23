--- v0 (2025-10-27)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="563">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="569">
   <si>
     <t>ΑΑ (code)</t>
   </si>
   <si>
     <t>Κωδικός Πρόσκλησης (code_ops)</t>
   </si>
   <si>
     <t>Τίτλος Πρόσκλησης</t>
   </si>
   <si>
     <t>Ημερομηνία Λήξης Υποβολής</t>
   </si>
   <si>
     <t>Πρoϋπολογισμός</t>
   </si>
   <si>
     <t>Κρατική ενίσχυση</t>
   </si>
   <si>
     <t>Δικαιούχοι</t>
   </si>
   <si>
     <t>ΗΠ-002</t>
   </si>
   <si>
@@ -65,279 +65,276 @@
   <si>
     <t>2029-11-30 15:00:00</t>
   </si>
   <si>
     <t>Όχι</t>
   </si>
   <si>
     <t>Φορείς</t>
   </si>
   <si>
     <t>ΗΠ-001</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-001/2023 (Α/Α 666) - Τεχνική Βοήθεια στήριξης δράσεων ΕΤΠΑ</t>
   </si>
   <si>
     <t>2029-11-30 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-053</t>
   </si>
   <si>
     <t>1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ηγουμενίτσας</t>
   </si>
   <si>
-    <t>2026-06-26 10:33:00</t>
+    <t>2026-12-31 10:33:00</t>
   </si>
   <si>
     <t>ΗΠ-070</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-070 (Α/Α 19865) - Επενδύσεις στη διαχείριση λυμάτων οικισμών Γ΄ προτεραιότητας Οδηγίας 91/271/ΕΟΚ για την Περιφέρεια Ηπείρου – 2η πρόσκληση</t>
   </si>
   <si>
     <t>2026-03-31 14:00:00</t>
   </si>
   <si>
+    <t>ΠΗΠΕ-05</t>
+  </si>
+  <si>
+    <t>Έκδοση πρόσκλησης ΠΗΠΕ-05 - (Α/Α 21145) - Ήπειρος Καινοτομίας: Δημιουργία και Ενίσχυση Startup &amp; Spin-off επιχειρήσεων</t>
+  </si>
+  <si>
+    <t>2026-03-18 14:00:00</t>
+  </si>
+  <si>
     <t>ΗΠ-071</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-071 (Α/Α 20325) - Υποδομές επαγγελματικής εκπαίδευσης και δια βίου μάθησης : Εκσυγχρονισμός και αναβάθμιση Σ.Α.Ε.Κ. Ιωαννίνων – Γαλακτοκομική Σχολή – 2η Πρόσκληση</t>
   </si>
   <si>
     <t>2026-02-27 14:00:00</t>
   </si>
   <si>
     <t>ΠΗΠΕ-04</t>
   </si>
   <si>
     <t>Πρόσκληση ΠΗΠΕ-04 (Α/Α 19925) - Ήπειρος Κοινωνικής Οικονομίας: Δημιουργία και Ενίσχυση Φορέων Κ.ΑΛ.Ο.</t>
   </si>
   <si>
-    <t>2026-02-03 14:00:00</t>
+    <t>2026-03-03 15:00:00</t>
   </si>
   <si>
     <t>Ιδιώτες</t>
   </si>
   <si>
     <t>ΠΗΠΕ-03</t>
   </si>
   <si>
     <t>Πρόσκληση ΠΗΠΕ-03 (Α/Α 19885) : Επιχειρώ – Καινοτομώ στην Ήπειρο</t>
   </si>
   <si>
-    <t>2026-01-27 14:00:00</t>
+    <t>2026-03-17 14:00:00</t>
   </si>
   <si>
     <t>Ναι</t>
   </si>
   <si>
     <t xml:space="preserve">ΗΠ-064 </t>
   </si>
   <si>
     <t xml:space="preserve"> Πρόσκληση ΗΠ-064 (Α/Α 18165) - 3η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ιωαννιτών</t>
   </si>
   <si>
-    <t>2025-12-31 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΗΠ-066</t>
   </si>
   <si>
     <t xml:space="preserve"> Πρόσκληση ΗΠ-066 (Α/Α 18725) - 2η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Πρέβεζας</t>
   </si>
   <si>
     <t>ΗΠ-067</t>
   </si>
   <si>
     <t xml:space="preserve"> Πρόσκληση ΗΠ-067 (Α/Α 18967) - Έργα πολιτισμού ΣΒΑΑ Δήμου Αρταίων</t>
   </si>
   <si>
     <t>ΗΠ-069</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-069 (A/A 19766) - 1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ηγουμενίτσας</t>
   </si>
   <si>
     <t>7000000,00</t>
   </si>
   <si>
     <t>ΗΠ-068</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-068 (Α/Α 19765) - Πράξεις αστικής κινητικότητας ΣΒΑΑ Δήμου Ιωαννιτών</t>
   </si>
   <si>
     <t>ΠΗΠΕ-02</t>
   </si>
   <si>
     <t>Πρόσκληση ΠΗΠΕ-02 (Α/Α 18825) : Απασχολώ στην Ήπειρο</t>
   </si>
   <si>
     <t>2025-12-15 14:00:00</t>
   </si>
   <si>
+    <t>ΗΠ-061</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ061 (Α/Α 17425) - Κατασκευή - επέκταση κτιριακών υποδομών Α&amp;Β βάθμιας εκπαίδευσης</t>
+  </si>
+  <si>
     <t>ΗΠ-062</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-062 (Α/Α 17956) - Ενίσχυση ανοιχτών ερευνητικών υποδομών τοπικού χαρακτήρα</t>
   </si>
   <si>
-    <t>2025-11-28 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΗΠ-063</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-063 (Α/Α 18465) - Υποδομές Γ' θμιας Εκπαίδευσης στην  Ήπειρο </t>
   </si>
   <si>
-    <t>ΗΠ-061</t>
-[...7 lines deleted...]
-  <si>
     <t>ΗΠ-059</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-059 (Α/Α 17306) - Έργα διασφάλισης της προσβασιμότητας ΑμΕΑ σε υφιστάμενες κτιριακές δομές πρωτοβάθμιας και δευτεροβάθμιας εκπαίδευσης </t>
   </si>
   <si>
-    <t>2025-10-31 09:42:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΠΗΠΡ-01</t>
   </si>
   <si>
     <t>Πρόσκληση ΠΗΠΡ-01 (Α/Α 17865) : Ερευνώ στην Ήπειρο</t>
   </si>
   <si>
-    <t>2025-09-30 15:00:00</t>
+    <t>2025-10-30 15:00:00</t>
   </si>
   <si>
     <t>ΗΠ-058</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-058 (Α/Α 15265) - Υποδομές και εξοπλισμοί στον τομέα της Υγείας </t>
   </si>
   <si>
-    <t>2025-09-29 13:28:00</t>
+    <t>2026-01-30 13:28:00</t>
   </si>
   <si>
     <t>ΗΠ-060</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-060 (Α/Α 16985) - Υποδομές Φροντίδας στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
-    <t>2025-09-26 10:03:00</t>
+    <t>2026-03-03 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-065</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-065 (Α/Α 18405) - Προσχολική εκπαίδευση &amp; ΚΔΑΠ κύκλος 2025-2026 στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t>2025-09-11 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-054</t>
   </si>
   <si>
     <t>Λειτουργία νέων Τοπικών Ομάδων Υγείας (TOMY), στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t>2025-07-15 12:58:00</t>
   </si>
   <si>
     <t>ΗΠ-056</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-056 (Α/Α 14885) - Περιήγηση με τη χρήση επαυξημένης εικονικής πραγματικότητας στις εκθέσεις των αρχαιολογικών μουσείων</t>
   </si>
   <si>
     <t>2025-06-27 11:54:00</t>
   </si>
   <si>
     <t>ΗΠ-052</t>
   </si>
   <si>
-    <t>1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Αρταίων</t>
-[...2 lines deleted...]
-    <t>2025-06-26 11:26:00</t>
+    <t>Πρόσκληση ΗΠ-052 (Α/Α 14745) - 1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Αρταίων</t>
+  </si>
+  <si>
+    <t>2026-03-31 11:26:00</t>
   </si>
   <si>
     <t>ΗΠ-048</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-048 (Α/Α 13116) - Διατήρηση και αποκατάσταση πολιτιστικού αποθέματος και αξιοποίηση, ανάδειξη πολιτιστικών υποδομών σε περιοχές της ΟΧΕ Περιφέρειας Ηπείρου</t>
   </si>
   <si>
-    <t>2025-04-30 14:00:00</t>
+    <t>2025-12-29 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-049</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-049 (Α/Α 13234) - Ενίσχυση νέων υπηρεσιών ψυχικής υγείας στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
-    <t>2025-04-30 13:55:00</t>
+    <t>2025-10-31 13:55:00</t>
   </si>
   <si>
     <t>ΗΠ-044</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-044 (Α/Α 11095) - Κινητά περιουσιακά στοιχεία στον τομέα της υγείας (ΚΟΜΥ/ Ασθενοφόρα Μονάδων Υγείας)</t>
   </si>
   <si>
-    <t>2025-04-04 12:07:00</t>
+    <t>2025-05-09 12:07:00</t>
   </si>
   <si>
     <t>ΗΠ-051</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-051 (A/A 14198) - Υποδομές προσχολικής αγωγής και φροντίδας στην Ήπειρο </t>
   </si>
   <si>
-    <t>2025-03-28 14:47:00</t>
+    <t>2025-05-30 14:47:00</t>
   </si>
   <si>
     <t>ΗΠ-047</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-047 (Α/Α 13034) - Ολοκληρωμένο πρόγραμμα τουριστικής προβολής της Περιφέρειας Ηπείρου</t>
   </si>
   <si>
-    <t>2025-02-28 12:38:00</t>
+    <t>2025-07-21 12:38:00</t>
   </si>
   <si>
     <t>ΗΠ-050</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-050 (Α/Α 13297) - Υποδομές επαγγελματικής εκπαίδευσης και δια βίου μάθησης : Εκσυγχρονισμός και αναβάθμιση Σ.Α.Ε.Κ. Ιωαννίνων – Γαλακτοκομική Σχολή</t>
   </si>
   <si>
     <t>2025-01-31 09:49:00</t>
   </si>
   <si>
     <t>ΗΠ-046</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-046 (Α/Α 12954) - Υποδομές επαγγελματικής εκπαίδευσης και δια βίου μάθησης : Εκσυγχρονισμός και αναβάθμιση Ακαδημίας Εμπορικού Ναυτικού Ηπείρου</t>
   </si>
   <si>
     <t>2024-12-23 11:00:00</t>
   </si>
   <si>
     <t>01 Helios+</t>
   </si>
   <si>
     <t>Helios+ : «Ολοκληρωμένες δράσεις ένταξης πολιτών τρίτων χωρών στην αγορά εργασίας</t>
   </si>
@@ -347,195 +344,195 @@
   <si>
     <t>ΗΠ-045</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-045 (Α/Α 12018) - Προώθηση και υποστήριξη παιδιών για την ένταξή τους στην προσχολική εκπαίδευση καθώς και για την πρόσβαση παιδιών σχολικής ηλικίας, εφήβων και ατόμων με αναπηρία, σε υπηρεσίες δημιουργικής απασχόλησης στην Περιφέρεια Ηπείρου, κύκλος 2024-2025</t>
   </si>
   <si>
     <t>2024-08-30 12:52:00</t>
   </si>
   <si>
     <t>ΗΠ-043</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-043 (Α/Α 8893) - Τεχνική Βοήθεια Φορέων Στρατηγικών Βιώσιμης Αστικής Ανάπτυξης Περιφέρειας Ηπείρου</t>
   </si>
   <si>
     <t>2024-06-30 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-040</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-040 (Α/Α 7473) - Ίδρυση νέων Κέντρων Κοινότητας στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
-    <t>2024-06-14 14:00:00</t>
+    <t>2024-06-28 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-034</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-034 (Α/Α 7233) -  Επενδύσεις στη διαχείριση λυμάτων οικισμών Γ΄ προτεραιότητας Οδηγίας 91/271/ΕΟΚ για την Περιφέρεια Ηπείρου</t>
   </si>
   <si>
+    <t>2025-08-31 14:00:00</t>
+  </si>
+  <si>
+    <t>ΗΠ-036</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-036 (Α/Α 7353 ) - Δημιουργία Πράσινων Σημείων στην Περιφέρεια Ηπείρου – μεταφερόμενες πράξεις</t>
+  </si>
+  <si>
     <t>2024-05-20 14:00:00</t>
   </si>
   <si>
-    <t>ΗΠ-036</t>
-[...4 lines deleted...]
-  <si>
     <t>ΗΠ-042</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-042 (Α/Α 7553) - Οδικά έργα ΣΒΑΑ Δήμου Ιωαννιτών - Τμηματοποιημένες πράξεις</t>
   </si>
   <si>
     <t>2024-05-16 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-041</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-041 (Α/Α 7553) - Οδικά έργα ΟΧΕ Περιφέρειας Ηπείρου - Τμηματοποιημένες πράξεις</t>
   </si>
   <si>
-    <t>2024-05-15 14:00:00</t>
+    <t>2024-07-19 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-033</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-033 (Α/Α 7056) - 1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Πρέβεζας - μεταφερόμενες πράξεις</t>
   </si>
   <si>
     <t>2024-04-30 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-030</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-030 (Α/Α 4491) - Βραχυπρόθεσμες επεμβάσεις μικρής κλίμακας και Μεσοπρόθεσμες επεμβάσεις μεγαλύτερης κλίμακας σε σημεία Μειωμένης Οδικής Ασφάλειας (ΜΟΑ) του Εθνικού και Επαρχιακού οδικού δικτύου</t>
   </si>
   <si>
     <t>2024-04-08 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-038</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-038 (Α/Α 7419) - Έργα πολιτισμού ΣΒΑΑ Δήμου Ιωαννιτών - τμηματοποιημένες πράξεις</t>
   </si>
   <si>
     <t>ΗΠ-039</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-039 (Α/Α 7334) - Υποδομές Α&amp;Β βάθμιας εκπαίδευσης - τμηματοποιημένες πράξεις </t>
   </si>
   <si>
     <t>ΗΠ-037</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-037 (Α/Α 7373) - Στρατηγική ΒΑΑ Δήμου Ιωαννιτών - τμηματοποιημένες πράξεις </t>
   </si>
   <si>
     <t>2024-04-05 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-035</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-035 (Α/Α 7334) - Στρατηγική ΒΑΑ Δήμου Ιωαννιτών - μεταφερόμενες πράξεις</t>
   </si>
   <si>
-    <t>2024-04-01 15:00:00</t>
+    <t>2024-04-01 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-032</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-032 (Α/Α 7055) - Πράξεις αστικής κινητικότητας ΣΒΑΑ Δήμου Ηγουμενίτσας - μεταφερόμενες πράξεις</t>
   </si>
   <si>
-    <t>2024-04-01 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΗΠ-031</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-031 (Α/Α 6652) - Έργα ενεργειακής αναβάθμισης δημόσιων κτιρίων με δυνατότητα ενσωμάτωσης έξυπνων συστημάτων διαχείρισης ενέργειας και αξιοποίησης ΑΠΕ</t>
   </si>
   <si>
-    <t>2024-03-29 14:00:00</t>
+    <t>2024-09-06 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-021</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-021 (Α/Α 4871) - Συστήματα παροχής πληροφόρησης και προμήθεια εξοπλισμού για την πρόληψη των κινδύνων οδικής ασφάλειας στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t>2024-02-29 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-026</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-026 (Α/Α 6071) - Συνέχιση λειτουργίας της Μονάδας Ισότιμης Πρόσβασης ατόμων με αναπηρία και ατόμων με ειδικές εκπαιδευτικές ανάγκες του Πανεπιστημίου Ιωαννίνων</t>
   </si>
   <si>
     <t>2024-02-05 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-027</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-027 (Α/Α 6079) - Συνέχιση λειτουργίας δομών και δράσεων για την αντιμετώπισης των εξαρτήσεων</t>
   </si>
   <si>
     <t>2024-01-31 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-029</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-029 (Α/Α 6291) - Επενδύσεις στη διαχείριση λυμάτων για την Περιφέρεια Ηπείρου – μεταφερόμενα έργα</t>
   </si>
   <si>
-    <t>2024-01-22 14:00:00</t>
+    <t>2024-02-22 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-020</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-020 (Α/Α 4392) - Υλοποίηση δράσεων του Διαχειριστικού Σχεδίου Λεκανών Απορροής Υδατικού Διαμερίσματος Ηπείρου</t>
   </si>
   <si>
-    <t>2024-01-16 14:00:00</t>
+    <t>2024-06-18 14:00:00</t>
   </si>
   <si>
     <t>24/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 24/2016 (Α/Α 1461) "ΤΕΧΝΙΚΗ ΒΟΗΘΕΙΑ ΣΤΗΡΙΞΗΣ ΔΡΑΣΕΩΝ ΕKT"</t>
   </si>
   <si>
     <t>2023-12-31 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-028</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-028 (Α/Α 6191) - Συνέχιση λειτουργίας Στεγών Υποστηριζόμενης Διαβίωσης</t>
   </si>
   <si>
     <t>2023-12-29 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-023</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-023 (Α/Α 5833) - Συνέχιση λειτουργίας δομών και υπηρεσιών της Τοπικής Αυτοδιοίκησης προς όφελος των γυναικών και για την καταπολέμηση της βίας – Συνέχιση λειτουργίας Κέντρων Συμβουλευτικής Υποστήριξης γυναικών θυμάτων βίας στην Ήπειρο.</t>
   </si>
@@ -578,177 +575,180 @@
   <si>
     <t>ΗΠ-018</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-018 (Α/Α 3406) - Ενίσχυση της ικανότητας ερευνητικών φορέων με την δημιουργία νέων ερευνητικών κέντρων</t>
   </si>
   <si>
     <t>2023-11-03 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-019</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-019 (Α/Α 3470) - Συνέχιση Λειτουργίας Περιφερειακού Παρατηρητηρίου Κοινωνικής Ένταξης Ηπείρου</t>
   </si>
   <si>
     <t>2023-10-30 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-014</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-014 (Α/Α 2666) - Συνέχιση λειτουργίας Κέντρων Ημερήσιας Φροντίδας Ηλικιωμένων (Κ.Η.Φ.Η.) στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
+    <t>2023-10-02 14:00:00</t>
+  </si>
+  <si>
+    <t>ΗΠ-015</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-015 (Α/Α 2668) - Συνέχιση λειτουργίας δομής φιλοξενίας αστέγων</t>
+  </si>
+  <si>
     <t>2023-09-29 14:00:00</t>
   </si>
   <si>
-    <t>ΗΠ-015</t>
-[...4 lines deleted...]
-  <si>
     <t>ΗΠ-013</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-013 (Α/Α 2527) - Συνέχιση των υπηρεσιών διαπολιτισμικής μεσολάβησης σε Κέντρα Κοινότητας / Κέντρα Ένταξης Μεταναστών</t>
   </si>
   <si>
     <t>ΗΠ-016</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-016 (Α/Α 2716) - Συνέχιση Δομών Παροχής Βασικών Αγαθών: Κοινωνικό Παντοπωλείο, Παροχή Συσσιτίου, Κοινωνικό Φαρμακείο στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
-    <t>2023-09-28 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">2926 </t>
   </si>
   <si>
     <t>ΗΠ-017</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-017 (Α/Α 2926) - Συνέχιση Λειτουργίας Κέντρων Κοινότητας στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t xml:space="preserve">ΗΠ-010 </t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-010 (A/A 2126) - Έργα κατασκευής νέων και αναβάθμισης υφιστάμενων δικτύων αποχέτευσης όμβριων υδάτων στις Ζώνες Δυνητικά Υψηλού Κινδύνου του Υδατικού Διαμερίσματος Ηπείρου </t>
   </si>
   <si>
     <t>2023-09-25 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-008</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-008 (Α/Α 1047) - Έργα διευθέτησης και διαχείρισης πλημμυρικών υδάτων σε οριοθετημένα ρέματα – χειμάρρους στις Ζώνες Υψηλού Δυνητικά Κινδύνου του Υδατικού Διαμερίσματος Ηπείρου - Πρόσκληση 1η</t>
   </si>
   <si>
     <t>2023-11-20 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-009</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-009 (Α/Α 1186) - Προγράμματα ολοκληρωμένων παρεμβάσεων για τη βελτίωση των συνθηκών πρόσβασης στην απασχόληση</t>
   </si>
   <si>
+    <t>2023-09-15 14:00:00</t>
+  </si>
+  <si>
+    <t>ΗΠ-005</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-005 (Α/Α 989) - Υλοποίηση παρεμβάσεων που προβλέπονται στα Σχέδια Δράσης για την Βιώσιμη Ενέργεια των ΟΤΑ - 1ος Κύκλος</t>
+  </si>
+  <si>
     <t>2023-08-31 14:00:00</t>
   </si>
   <si>
-    <t>ΗΠ-005</t>
-[...4 lines deleted...]
-  <si>
     <t>ΗΠ-011</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-011 (A/A 2412) - Προώθηση και υποστήριξη παιδιών για την ένταξή τους στην προσχολική εκπαίδευση καθώς και για την πρόσβαση παιδιών σχολικής ηλικίας, εφήβων και ατόμων με αναπηρία, σε υπηρεσίες δημιουργικής απασχόλησης, κύκλος 2023-2024</t>
   </si>
   <si>
     <t>ΗΠ-012</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-012 (Α/Α 2586) - Πρόγραμμα ανάπτυξης και ενδυνάμωσης διεπιστημονικών συμβουλευτικών και υποστηρικτικών δομών και μαθησιακής υποστήριξης/συνεκπαίδευσης μαθητών/τριών με Αναπηρία ή/και ειδικές εκπαιδευτικές ανάγκες για την ισότιμη πρόσβαση και συμπερίληψη στην εκπαίδευση στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t>ΗΠ-004</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-004/2023 (Α/Α 746) - Μηχανισμός υποστήριξης οικοσυστήματος Έρευνας και Καινοτομίας στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
-    <t>2023-04-28 14:00:00</t>
+    <t>2023-12-01 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-006</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-006/2023 (Α/Α 766) - Έργα Ενεργειακής Αναβάθμισης Δημόσιων Κτιρίων - 1ος Κύκλος</t>
   </si>
   <si>
-    <t>2023-04-07 14:00:00</t>
+    <t>2023-05-26 14:00:00</t>
   </si>
   <si>
     <t>ΔΥΠΑ_14</t>
   </si>
   <si>
     <t>Πρόγραμμα επιχορήγησης επιχειρηματικών πρωτοβουλιών απασχόλησης νέων ελεύθερων επαγγελματιών ηλικίας 20 έως 44 ετών, που ανήκουν σε περιθωριοποιημένες κοινωνικές ομάδες όπως οι Ρομά</t>
   </si>
   <si>
     <t>2023-04-03 16:00:00</t>
   </si>
   <si>
     <t>ΗΠ-007</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-007/2023 (Α/Α 932) - Προώθηση και υποστήριξη παιδιών για την ένταξή τους στην προσχολική εκπαίδευση καθώς και για την πρόσβαση παιδιών σχολικής ηλικίας, εφήβων και ατόμων με αναπηρία, σε υπηρεσίες δημιουργικής απασχόλησης, κύκλος 2022-2023</t>
   </si>
   <si>
     <t>2023-03-31 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-003</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-003/2023 (Α/Α 726) - Επενδύσεις στη διαχείριση λυμάτων για την Περιφέρεια Ηπείρου – Τμηματοποιημένα έργα</t>
   </si>
   <si>
-    <t>2023-03-29 14:00:00</t>
+    <t>2023-09-30 14:00:00</t>
   </si>
   <si>
     <t>2η Πρόσκληση για την υποβολή αιτήσεων στήριξης στο πλαίσιο των Υπομέτρων 16.1 - 16.2: (Δράση 2) και Υπομέτρων 16.1 – 16.5: (Δράση 2)</t>
   </si>
   <si>
-    <t>2023-06-10 12:35:00</t>
+    <t>2023-03-18 12:35:00</t>
   </si>
   <si>
     <t>111/2021</t>
   </si>
   <si>
     <t>Πρόσκληση 111/2021 (Α/Α 5058) "Μονάδα Ενημέρωσης και Υποστήριξης της Στρατηγικής ΤΑΠΤοΚ  ΕΚΤ στην περιοχή υλοποίησης του ΤΑΠΤοΚ  Leader της  ΕΤΑΝΑΜ ΑΕ"</t>
   </si>
   <si>
     <t>2021-09-17 14:00:00</t>
   </si>
   <si>
     <t>108/2021</t>
   </si>
   <si>
     <t>Πρόσκληση 108/2021 (Α/Α 4951) "Παράλληλη στήριξη παιδιών με αναπηρία ηκαι ειδικές εκπαιδευτικές ανάγκες για τo σχολικό έτος 20212022"</t>
   </si>
   <si>
     <t>2021-08-31 14:00:00</t>
   </si>
   <si>
     <t>109/2021</t>
   </si>
   <si>
     <t>Πρόσκληση 109/2021 (Α/Α 5002) "Εναρμόνιση οικογενειακής και επαγγελματικής ζωής έτους 20212022"</t>
   </si>
@@ -761,930 +761,948 @@
   <si>
     <t>106/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 106/2020 (Α/Α 4612) "Ενίσχυση φορέων για την ανάπτυξη αριστείας μέσα από την υποστήριξη ερευνητικών υποδομών"</t>
   </si>
   <si>
     <t>2021-05-31 14:00:00</t>
   </si>
   <si>
     <t>107/2021</t>
   </si>
   <si>
     <t>Πρόσκληση 107/2021 (Α/Α 4836) "Τοπικό Πρόγραμμα για την Ενίσχυση της Απασχόλησης και της Επιχειρηματικότητας"</t>
   </si>
   <si>
     <t>2021-05-14 14:00:00</t>
   </si>
   <si>
     <t>102/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 102/2020 (Α/Α 4522) "Παρεμβάσεις που συμβάλλουν στην ενεργειακή αποδοτικότητα των αστικών μεταφορών και κέντρων  Β κύκλος"</t>
   </si>
   <si>
+    <t>2021-05-28 14:00:00</t>
+  </si>
+  <si>
+    <t>93/2020</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 93/2020 (Α/Α 4229) "Έργα υποστήριξης ΔΕΔΜ  Υποδομές διασύνδεσης"</t>
+  </si>
+  <si>
+    <t>2020-12-30 14:00:00</t>
+  </si>
+  <si>
+    <t>104 /2020</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 104 /2020 (Α/Α 4172) "Υποδομές για περιθωριοποιημένες κοινότητες"</t>
+  </si>
+  <si>
+    <t>2021-02-19 14:00:00</t>
+  </si>
+  <si>
+    <t>103/2020</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 103/2020 (Α/Α 4525) "Μηχανισμός Διαρκούς Πληροφόρησης και Υποστήριξης περιοχή εφαρμογής της Στρατηγικής ΤΑΠΤοΚ  ΕΚΤ στην περιοχή υλοποίησης του ΤΑΠΤοΚ  Leader της ΗΠΕΙΡΟΣ ΑΕ"</t>
+  </si>
+  <si>
     <t>2021-01-29 14:00:00</t>
   </si>
   <si>
-    <t>93/2020</t>
-[...25 lines deleted...]
-  <si>
     <t>14.6i.27.8.5b</t>
   </si>
   <si>
     <t>Πρόσκληση 14.6i.27.8.5b (Α/Α 4406) "Δημιουργία Μονάδων Επεξεργασίας Βιοαποβλήτων στην Περιφέρεια Ηπείρου"</t>
   </si>
   <si>
-    <t>2020-12-03 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>14.6i.26.2-4</t>
   </si>
   <si>
     <t>Πρόσκληση 14.6i.26.2-4 (Α/Α 4369) "Διαχείριση Βιοαποβλήτων στην Περιφέρεια Ηπείρου Ά κύκλος"</t>
   </si>
   <si>
-    <t>2020-11-19 14:00:00</t>
+    <t>2021-01-19 14:00:00</t>
   </si>
   <si>
     <t>101/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 101/2020 (Α/Α 4488) "Αναβάθμιση δεξιοτήτων των ανέργων μέσω Συμβουλευτικής Κατάρτισης και Πιστοποίησης γνώσεων και δεξιοτήτων στην περιοχή εφαρμογής της Στρατηγικής ΤΑΠΤοΚ  ΕΚΤ του Leader της ΕΤΑΝΑΜ ΑΕ"</t>
   </si>
   <si>
-    <t>2020-11-13 14:00:00</t>
+    <t>2020-11-20 14:00:00</t>
   </si>
   <si>
     <t>98/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 98/2020 (Α/Α 4448) "Κατάρτιση με πρακτική και Πιστοποίηση γνώσεων και δεξιοτήτων των ανέργων της Στρατηγικής ΤΑΠΤοΚ  ΕΚΤ στην περιοχή υλοποίησης του ΤΑΠΤοΚ  Leader της ΗΠΕΙΡΟΣ ΑΕ"</t>
   </si>
   <si>
-    <t>2020-11-10 14:00:00</t>
+    <t>2020-11-30 14:00:00</t>
   </si>
   <si>
     <t>99/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 99/2020 (Α/Α 4461) "Κατάρτιση και Πιστοποίηση γνώσεων και δεξιοτήτων απασχολούμενων στους κλάδους της γεωργίας και της κτηνοτροφίας στην περιοχή εφαρμογής της Στρατηγικής ΤΑΠΤοΚ  ΕΚΤ στην περιοχή υλοποίησης του ΤΑΠΤοΚ  Leader της ΗΠΕΙΡΟΣ ΑΕ"</t>
   </si>
   <si>
     <t>105/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 105/2020 (Α/Α 4613) "ΕΝΙΣΧΥΣΗ ΜΙΚΡΩΝ ΚΑΙ ΠΟΛΥ ΜΙΚΡΩΝ ΕΠΙΧΕΙΡΗΣΕΩΝ ΠΟΥ ΕΠΛΗΓΗΣΑΝ ΑΠΟ ΤΗΝ ΠΑΝΔΗΜΙΑ COVID  19 ΣΤΗΝ ΠΕΡΙΦΕΡΕΙΑ ΗΠΕΙΡΟΥ"</t>
   </si>
   <si>
-    <t>2020-11-04 15:00:00</t>
+    <t>2020-12-23 15:00:00</t>
   </si>
   <si>
     <t>97/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 97/2020 (Α/Α 4412) "Επιχορήγηση Φορέων Κοινωνικής και Αλληλέγγυας Οικονομίας"</t>
   </si>
   <si>
-    <t>2020-10-30 15:00:00</t>
+    <t>2021-02-26 15:00:00</t>
+  </si>
+  <si>
+    <t>91/2019</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 91/2019 (Α/Α 4063) "Αξιοποίηση οικιστικού αποθέματος πολιτιστικής κληρονομιάς της πόλης Ιωαννίνων"</t>
+  </si>
+  <si>
+    <t>2020-09-30 14:00:00</t>
   </si>
   <si>
     <t>96/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 96/2020 (Α/Α 4405) "Ενίσχυση των Μονάδων και Φορέων Υγείας του Υπουργείου Υγείας με επικουρικό προσωπικό για την ανταπόκριση στις ανάγκες λόγω της επιδημίας COVID  19"</t>
   </si>
   <si>
-    <t>2020-09-30 14:00:00</t>
-[...5 lines deleted...]
-    <t>Πρόσκληση 91/2019 (Α/Α 4063) "Αξιοποίηση οικιστικού αποθέματος πολιτιστικής κληρονομιάς της πόλης Ιωαννίνων"</t>
+    <t>2021-01-18 14:00:00</t>
   </si>
   <si>
     <t>95/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 95/2020 (Α/Α 4364) "Εναρμόνιση οικογενειακής και επαγγελματικής ζωής έτους 20202021"</t>
   </si>
   <si>
     <t>2020-08-31 14:00:00</t>
   </si>
   <si>
     <t>100/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 100/2020 (Α/Α 4478) "Παροχή υπηρεσιών προσχολικής αγωγής για ΑμεΑ και παροχή υπηρεσιών δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για ΑμεΑ έτους 20202021"</t>
   </si>
   <si>
     <t>94/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 94/2020 (Α/Α 4127) "Υποδομές Κοινωνικής Πρόνοιας της Στρατηγικής ΒΑΑ"</t>
   </si>
   <si>
     <t>2020-07-03 14:00:00</t>
   </si>
   <si>
     <t>79/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 79/2019 (Α/Α 3868) "Πρόγραμμα επιχορήγησης επιχειρήσεων των τομέων αιχμής της Περιφέρειας Ηπείρου για την απασχόληση ανέργων με υψηλά τυπικά προσόντα"</t>
   </si>
   <si>
-    <t>2020-06-30 15:00:00</t>
+    <t>2020-10-15 15:00:00</t>
+  </si>
+  <si>
+    <t>92/2020</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 92/2020 (Α/Α 3301) "Δικτύωση και προβολή της Πολιτιστικής Διαδρομής στα Αρχαία Θέατρα της Ηπείρου"</t>
+  </si>
+  <si>
+    <t>2020-10-30 14:00:00</t>
   </si>
   <si>
     <t>14.6i.26.2-4.5</t>
   </si>
   <si>
     <t>Πρόσκληση 14.6i.26.2-4.5 (Α/Α 3338) "Διαχείριση Βιοαποβλήτων στην Περιφέρεια Ηπείρου Ά κύκλος"</t>
   </si>
   <si>
-    <t>2020-04-30 14:00:00</t>
+    <t>2020-07-02 14:00:00</t>
   </si>
   <si>
     <t>88/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 88/2019 (Α/Α 3851) "ΑΝΑΒΑΘΜΙΣΗ ΔΕΞΙΟΤΗΤΩΝ ΣΕ ΑΝΕΡΓΟΥΣ ΚΑΙ ΕΝΙΣΧΥΣΗ ΤΩΝ ΠΡΟΟΠΤΙΚΩΝ ΕΝΤΑΞΗΣ ΣΤΗΝ ΑΓΟΡΑ ΕΡΓΑΣΙΑΣ"</t>
   </si>
   <si>
-    <t>92/2020</t>
-[...2 lines deleted...]
-    <t>Πρόσκληση 92/2020 (Α/Α 3301) "Δικτύωση και προβολή της Πολιτιστικής Διαδρομής στα Αρχαία Θέατρα της Ηπείρου"</t>
+    <t>2020-07-31 14:00:00</t>
   </si>
   <si>
     <t>90/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 90/2019 (Α/Α 3953) "Επενδύσεις στη διαχείριση λυμάτων στην Περιφέρεια Ηπείρου"</t>
   </si>
   <si>
-    <t>2020-01-14 14:00:00</t>
+    <t>2020-03-05 14:00:00</t>
   </si>
   <si>
     <t>89/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 89/2019 (Α/Α 3910) "Προώθηση των υπηρεσιών διαπολιτισμικής μεσολάβησης σε Κέντρα Κοινότητας της Περιφέρειας Ηπείρου"</t>
   </si>
   <si>
-    <t>2019-12-19 14:00:00</t>
+    <t>2020-01-09 14:00:00</t>
   </si>
   <si>
     <t>341/29-10-2019</t>
   </si>
   <si>
     <t>Πρόσκληση 341/29-10-2019 "ΜΕΤΡΟΥ 19 - ΥΠΟΜΕΤΡΟ 19.2: «Στήριξη για την υλοποίηση πράξεων στο πλαίσιο της στρατηγικής ΤΑΠΤοΚ» (πράξεων ιδιωτικού χαρακτήρα)"</t>
   </si>
   <si>
     <t>2019-12-02 00:00:00</t>
   </si>
   <si>
     <t>86/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 86/2019 (Α/Α 3840) "Έργα αντιπλημμυρικής προστασίας σε πεδινές  μη δασικές περιοχές II"</t>
   </si>
   <si>
-    <t>2019-11-04 14:00:00</t>
+    <t>2020-06-30 14:00:00</t>
   </si>
   <si>
     <t>81/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 81/2019 (Α/Α 3721) "Παρεμβάσεις που συμβάλλουν στην ενεργειακή αποδοτικότητα των αστικών μεταφορών και κέντρων"</t>
   </si>
   <si>
-    <t>2019-11-01 14:00:00</t>
+    <t>2019-12-30 14:00:00</t>
   </si>
   <si>
     <t>85 / 2019</t>
   </si>
   <si>
     <t>Πρόσκληση 85 / 2019 (Α/Α 3756) "Αναβάθμιση κτιρίων και βελτίωση της ενεργειακής απόδοσης στον οικιακό κτιριακό τομέα  Β Κύκλος"</t>
   </si>
   <si>
     <t>2019-10-31 14:00:00</t>
   </si>
   <si>
     <t>87/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 87/2019 (Α/Α 3609) "Στέγη Υποστηριζόμενης Διαβίωσης ΣΥΔ"</t>
   </si>
   <si>
     <t>2019-10-10 14:00:00</t>
   </si>
   <si>
     <t>82/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 82/2019 (Α/Α 3811) "Ενίσχυση υφιστάμενων ΜΜΕ για την ανάπτυξη καινοτόμων προϊόντων και υπηρεσιών II"</t>
   </si>
   <si>
-    <t>2019-10-04 15:00:00</t>
+    <t>2019-12-09 15:00:00</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>264/26-6-2019</t>
   </si>
   <si>
     <t>Πρόσκληση 264/26-6-2019 "ΜΕΤΡΟΥ 19 - ΥΠΟΜΕΤΡΟ 19.2: «Στήριξη για την υλοποίηση πράξεων στο πλαίσιο της στρατηγικής ΤΑΠΤοΚ» (πράξεων ιδιωτικού χαρακτήρα)"</t>
   </si>
   <si>
     <t>2019-09-30 00:00:00</t>
   </si>
   <si>
     <t>80/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 80/2019 (Α/Α 3741) "Ηλεκτρονικό Επιχειρείν ebusiness  II"</t>
   </si>
   <si>
-    <t>2019-09-09 15:00:00</t>
+    <t>2019-10-31 15:00:00</t>
   </si>
   <si>
     <t>83/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 83/2019 (Α/Α 3748) "Εναρμόνιση οικογενειακής και επαγγελματικής ζωής για το σχολικό έτος 20192020"</t>
   </si>
   <si>
     <t>2019-08-30 14:00:00</t>
   </si>
   <si>
     <t>84/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 84/2019 (Α/Α 3749) "Παροχή υπηρεσιών προσχολικής αγωγής για ΑμεΑ και παροχή υπηρεσιών δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για ΑμεΑ για το σχολικό έτος 20192020"</t>
   </si>
   <si>
     <t>173/24-4-2019</t>
   </si>
   <si>
     <t>Πρόσκληση 173/24-4-2019 "ΜΕΤΡΟΥ 19 - ΥΠΟΜΕΤΡΟ 19.2: «Στήριξη για την υλοποίηση πράξεων στο πλαίσιο της στρατηγικής ΤΑΠΤοΚ» (πράξεων ιδιωτικού χαρακτήρα)"</t>
   </si>
   <si>
-    <t>2019-08-30 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>78/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 78/2019 (Α/Α 3611) "Επενδύσεις στη βελτίωση των  συνθηκών ασφάλειας  στο επαρχιακό και εθνικό οδικό δίκτυο"</t>
   </si>
   <si>
-    <t>2019-07-18 14:00:00</t>
+    <t>2020-06-10 14:00:00</t>
   </si>
   <si>
     <t>63/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 63/2018 (Α/Α 3023) "Παροχή υπηρεσιών Ψυχικής Υγείας στην Κοινότητα"</t>
   </si>
   <si>
-    <t>2019-05-21 14:00:00</t>
+    <t>2020-01-30 14:00:00</t>
   </si>
   <si>
     <t>77/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 77/2019 (Α/Α 3550) "ΕΚΠΟΝΗΣΗ ΚΑΙ ΕΦΑΡΜΟΓΗ ΕΠΙΧΕΙΡΗΣΙΑΚΩΝ ΣΧΕΔΙΩΝ ΜΜΕ ΓΙΑ ΟΡΓΑΝΩΤΙΚΗ ΑΝΑΔΙΑΡΘΡΩΣΗ ΚΑΙ ΠΡΟΣΑΝΑΤΟΛΙΣΜΟ ΣΤΗΝ ΕΞΩΣΤΡΕΦΕΙΑ"</t>
   </si>
   <si>
-    <t>2019-05-06 15:00:00</t>
+    <t>2019-06-28 15:00:00</t>
   </si>
   <si>
     <t>72/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 72/2018 (Α/Α 3194) "Αναβάθμιση κτιρίων και βελτίωση της ενεργειακής απόδοσης σε δημόσια κτίρια"</t>
   </si>
   <si>
-    <t>2019-05-03 14:00:00</t>
+    <t>2019-07-10 14:00:00</t>
   </si>
   <si>
     <t>74/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 74/2018 (Α/Α 3403) "Ενίσχυση των ΜΜΕ για επενδύσεις τεχνολογικού εκσυγχρονισμού και εξοικονόμησης ενέργειας"</t>
   </si>
   <si>
     <t>2019-03-29 15:00:00</t>
   </si>
   <si>
     <t>73/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 73/2018 (Α/Α 3369) "Αναβάθμιση κτιρίων και βελτίωση της ενεργειακής απόδοσης σε δημόσια κτίρια της Στρατηγικής ΒΑΑ"</t>
   </si>
   <si>
+    <t>2019-07-19 14:00:00</t>
+  </si>
+  <si>
+    <t>14.6i.26.5.5</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 14.6i.26.5.5 (Α/Α 3337) "Δημιουργία Πράσινων Σημείων στην Περιφέρεια Ηπείρου"</t>
+  </si>
+  <si>
+    <t>2020-01-21 14:00:00</t>
+  </si>
+  <si>
+    <t>70/2018</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 70/2018 (Α/Α 3287) "Επενδύσεις στη διαχείριση λυμάτων οικισμών Γ' προτεραιότητας"</t>
+  </si>
+  <si>
+    <t>2019-02-28 14:00:00</t>
+  </si>
+  <si>
+    <t>71/2018</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 71/2018 (Α/Α 3339) "Υλοποίηση υποδομών μεταφορών στο πλαίσιο της εγκεκριμένης Στρατηγικής Βιώσιμης Αστικής Ανάπτυξης του Δήμου Ιωαννιτών  2η προκήρυξη"</t>
+  </si>
+  <si>
+    <t>2019-05-31 14:00:00</t>
+  </si>
+  <si>
+    <t>76/2018</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 76/2018 (Α/Α 3424) "Παροχή υπηρεσιών Πρωτμιας Φροντίδας Υγείας από τις Τοπικές Ομάδες Υγείας στην Περιφέρεια Ηπείρου"</t>
+  </si>
+  <si>
+    <t>4.3.1/ΕΥΔΠ _87</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 4.3.1/ΕΥΔΠ _87 "Επενδύσεις σε υλικά στοιχεία του ενεργητικού -  4.3: Στήριξη για επενδύσεις σε υποδομές που συνδέονται με την ανάπτυξη, τον εκσυγχρονισμό ή την προσαρμογή της γεωργίας και της δασοκομίας -  4.3.1: Υποδομές εγγείων βελτιώσεων"</t>
+  </si>
+  <si>
+    <t>2020-10-12 14:00:00</t>
+  </si>
+  <si>
+    <t>62/2018</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 62/2018 (Α/Α 2979) "Δράσεις Αντιμετώπισης των Εξαρτήσεων"</t>
+  </si>
+  <si>
+    <t>2019-02-21 14:00:00</t>
+  </si>
+  <si>
+    <t>75/2018</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 75/2018 (Α/Α 3422) "Κάλυψη λειτουργικών εξόδων ΟΤΔ για τις δράσεις ΕΚΤ στις εγκεκριμένες περιοχές ΤΑΠΤΟΚ"</t>
+  </si>
+  <si>
     <t>2019-03-29 14:00:00</t>
   </si>
   <si>
-    <t>14.6i.26.5.5</t>
-[...55 lines deleted...]
-  <si>
     <t>69/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 69/2018 (Α/Α 3278) "Περιφερειακό Παρατηρητήριο Κοινωνικής Ένταξης"</t>
   </si>
   <si>
-    <t>2018-10-31 14:00:00</t>
+    <t>2018-11-30 14:00:00</t>
+  </si>
+  <si>
+    <t>64/2018</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 64/2018 (Α/Α 2441) "Ανάπτυξη και χρήση ψηφιακών συστημάτων προϊόντων και υπηρεσιών από τους ΟΤΑ"</t>
+  </si>
+  <si>
+    <t>2019-01-15 15:00:00</t>
   </si>
   <si>
     <t>61/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 61/2018 (Α/Α 3191) "Υποστηρικτικοί Μηχανισμοί για την προώθηση της καινοτομίας στην τοπική επιχειρηματικότητα"</t>
   </si>
   <si>
     <t>2018-09-28 15:00:00</t>
   </si>
   <si>
-    <t>64/2018</t>
-[...4 lines deleted...]
-  <si>
     <t>65_2018</t>
   </si>
   <si>
     <t>Πρόσκληση 65_2018 (Α/Α 3092) "Ενίσχυση των δομών πολιτικής προστασίας και των δομών καταπολέμησης των δασικών πυρκαγιών"</t>
   </si>
   <si>
-    <t>2018-09-14 14:00:00</t>
+    <t>2018-11-09 16:00:00</t>
   </si>
   <si>
     <t>60/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 60/2018 (Α/Α 3185) "Ενίσχυση υφιστάμενων ΜΜΕ  για την ανάπτυξη καινοτόμων προϊόντων και υπηρεσιών"</t>
   </si>
   <si>
-    <t>2018-09-10 15:00:00</t>
+    <t>2018-10-19 15:00:00</t>
   </si>
   <si>
     <t>59/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 59/2018 (Α/Α 2798) "Έργα κατασκευής αντικατάστασης βελτίωσης και επέκτασης δικτύων αποχέτευσης όμβριων υδάτων"</t>
   </si>
   <si>
-    <t>2018-09-10 14:00:00</t>
+    <t>2018-10-08 14:00:00</t>
   </si>
   <si>
     <t>4267/24-5-2018</t>
   </si>
   <si>
     <t>Πρόσκληση 4267/24-5-2018 "1η Πρόσκληση για την υποβολή αιτήσεων στήριξης στο πλαίσιο των Υπομέτρων  16. 1 - 16.2: (Δράση 1 και 2) και Υπομέτρων 16.1 – 16.5: (Δράση 1 &amp; 2)"</t>
   </si>
   <si>
-    <t>2018-09-03 00:00:00</t>
+    <t>2018-11-23 00:00:00</t>
   </si>
   <si>
     <t>66/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 66/2018 (Α/Α 3205) "Εναρμόνιση οικογενειακής και επαγγελματικής ζωής για το σχολικό έτος 20182019"</t>
   </si>
   <si>
     <t>2018-08-24 14:00:00</t>
   </si>
   <si>
     <t>67/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 67/2018 (Α/Α 3206) "Παροχή υπηρεσιών προσχολικής αγωγής για ΑμεΑ και παροχή υπηρεσιών δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για ΑμεΑ για το σχολικό έτος 20182019"</t>
   </si>
   <si>
     <t>68/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 68/2018 (Α/Α 3211) "Παράλληλη στήριξη παιδιών με αναπηρία ηκαι ειδικές εκπαιδευτικές ανάγκες για τα σχολικά έτη 20182021"</t>
   </si>
   <si>
     <t>87/3-5-2018</t>
   </si>
   <si>
     <t>Πρόσκληση 87/3-5-2018 "ΜΕΤΡΟ 19 - ΥΠΟΜΕΤΡΟ 19.2 - ΔΡΑΣΕΙΣ: 19.2.4-ΒΑΣΙΚΕΣ ΥΠΗΡΕΣΙΕΣ &amp; ΑΝΑΠΛΑΣΗ ΧΩΡΙΩΝ ΣΕ ΑΓΡΟΤΙΚΕΣ ΠΕΡΙΟΧΕΣ ΚΑΙ 19.2.5-ΠΑΡΕΜΒΑΣΕΙΣ ΓΙΑ ΤΗ ΒΕΛΤΙΩΣΗ ΥΠΟΔΟΜΩΝ ΣΤΟΝ ΠΡΩΤΟΓΕΝΗ ΤΟΜΕΑ"</t>
   </si>
   <si>
-    <t>2018-07-31 00:00:00</t>
+    <t>2018-10-31 00:00:00</t>
   </si>
   <si>
     <t>59/11-4-2018</t>
   </si>
   <si>
     <t>Πρόσκληση 59/11-4-2018 "ΜΕΤΡΟ 19 - ΥΠΟΜΕΤΡΟ 19.2 - ΔΡΑΣΕΙΣ: 19.2.4-ΒΑΣΙΚΕΣ ΥΠΗΡΕΣΙΕΣ &amp; ΑΝΑΠΛΑΣΗ ΧΩΡΙΩΝ ΣΕ ΑΓΡΟΤΙΚΕΣ ΠΕΡΙΟΧΕΣ ΚΑΙ 19.2.5-ΠΑΡΕΜΒΑΣΕΙΣ ΓΙΑ ΤΗ ΒΕΛΤΙΩΣΗ ΥΠΟΔΟΜΩΝ ΣΤΟΝ ΠΡΩΤΟΓΕΝΗ ΤΟΜΕΑ"</t>
   </si>
   <si>
-    <t>2018-07-09 00:00:00</t>
+    <t>2018-10-22 00:00:00</t>
   </si>
   <si>
     <t>58-2018</t>
   </si>
   <si>
     <t>Πρόσκληση 58-2018 (Α/Α 3017) "Ηλεκτρονικό Επιχειρείν ebusiness"</t>
   </si>
   <si>
-    <t>2018-06-29 15:00:00</t>
+    <t>2018-07-09 15:00:00</t>
   </si>
   <si>
     <t>52/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 52/2017 (Α/Α 2579) "Επενδύσεις σε έργα αστικής αναζωογόνησης  3η προκήρυξη"</t>
   </si>
   <si>
-    <t>2018-06-29 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>56/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 56/2018 (Α/Α 2436) "Ψηφιακές Υπηρεσίες στα Μνημεία"</t>
   </si>
   <si>
-    <t>2018-06-15 14:00:00</t>
+    <t>2018-12-21 14:00:00</t>
   </si>
   <si>
     <t>57/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 57/2018 (Α/Α 2446) "Ανάπτυξη Έξυπνης Πλατφόρμας Τοπικής Αυτοδιοίκησης smart cities"</t>
   </si>
   <si>
+    <t>2018-10-29 14:00:00</t>
+  </si>
+  <si>
     <t>55/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 55/2018 (Α/Α 2643) "Έργα αντιπλημμυρικής προστασίας σε πεδινές  μη δασικές περιοχές"</t>
   </si>
   <si>
-    <t>2018-06-04 14:00:00</t>
+    <t>2018-07-06 14:00:00</t>
   </si>
   <si>
     <t>51/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 51/2017 (Α/Α 2428) "Υλοποίηση υποδομών μεταφορών στο πλαίσιο της εγκεκριμένης Στρατηγικής για την Ολοκληρωμένη Χωρική Επένδυση Πολιτιστική Διαδρομή στα Αρχαία Θέατρα της Ηπείρου"</t>
   </si>
   <si>
-    <t>2018-04-30 14:00:00</t>
+    <t>2019-12-03 14:00:00</t>
   </si>
   <si>
     <t>47/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 47/2017 (Α/Α 2421) "Επενδύσεις σε έργα αστικής αναζωογόνησης  2η προκήρυξη"</t>
   </si>
   <si>
+    <t>2018-04-26 14:00:00</t>
+  </si>
+  <si>
+    <t>50/2017</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 50/2017 (Α/Α 2452) "Υλοποίηση υποδομών μεταφορών στο πλαίσιο της εγκεκριμένης Στρατηγικής Βιώσιμης Αστικής Ανάπτυξης του Δήμου Ιωαννιτών"</t>
+  </si>
+  <si>
     <t>2018-03-30 14:00:00</t>
   </si>
   <si>
-    <t>50/2017</t>
-[...4 lines deleted...]
-  <si>
     <t>Πρόσκληση 097 (Α/Α 2632) "Συμμετοχή Επιχειρησιακών Προγραμμάτων των Περιφερειών στο Ταμείο Επιχειρηματικότητας ΙΙ Β κύκλος"</t>
   </si>
   <si>
     <t>2018-02-28 23:59:00</t>
   </si>
   <si>
     <t>48/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 48/2017 (Α/Α 2417) "Επενδύσεις για τη διαχείριση και προστασία περιοχών ιδιαίτερης οικολογικής αξίας για την Περιφέρεια Ηπείρου"</t>
   </si>
   <si>
-    <t>2018-02-28 14:00:00</t>
+    <t>2018-03-29 14:00:00</t>
   </si>
   <si>
     <t>53/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 53/2018 (Α/Α 2427) "Αναβάθμιση κτιρίων και βελτίωση της ενεργειακής απόδοσης στον οικιακό κτιριακό τομέα"</t>
   </si>
   <si>
-    <t>2018-02-23 14:00:00</t>
+    <t>2018-03-02 14:00:00</t>
   </si>
   <si>
     <t>54/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 54/2018 (Α/Α 2542) "Κέντρα Κοινότητας"</t>
   </si>
   <si>
     <t>2018-02-22 14:00:00</t>
   </si>
   <si>
     <t>49/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 49/2017 (Α/Α 2426) "Προμήθεια εξοπλισμού Κέντρων Διημέρευσης  Ημερήσιας Φροντίδας Ατόμων με Αναπηρία"</t>
   </si>
   <si>
     <t>2018-02-08 14:00:00</t>
   </si>
   <si>
     <t>46/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 46/2017 (Α/Α 2383) "Υποδομές για αρχική επαγγελματική κατάρτιση και εκπαίδευση ενηλίκων"</t>
   </si>
   <si>
     <t>2018-01-26 14:00:00</t>
   </si>
   <si>
     <t>45/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 45/2017 (Α/Α 2317) "Υποδομές Τεχνολογιών Πληροφορικής και Επικοινωνιών ΤΠΕ Προσχολικής και Σχολικής Εκπαίδευσης"</t>
   </si>
   <si>
     <t>2017-12-28 14:00:00</t>
   </si>
   <si>
     <t>44/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 44/2017 (Α/Α 2267) "Ενίσχυση Επιχειρήσεων για ερευνητικά έργα στους τομείς αγροδιατροφής δημιουργικής βιομηχανίας ΤΠΕ υγείας και βιοτεχνολογίας"</t>
   </si>
   <si>
-    <t>2017-10-26 14:00:00</t>
+    <t>2017-11-30 14:00:00</t>
   </si>
   <si>
     <t>4.3.4./ΕΥΔΠ_87 (1η)</t>
   </si>
   <si>
     <t>Πρόσκληση 4.3.4./ΕΥΔΠ_87 (1η) "Επενδύσεις σε υλικά στοιχεία του ενεργητικού (άρθρο 17) - 4.3 : Στήριξη για επενδύσεις σε υποδομές που σχετίζονται με την ανάπτυξη, τον εκσυγχρονισμό ή την προσαρμογή της γεωργίας και της δασοπονίας - 4.3.4 : Βελτίωση της πρόσβασης σε γεωργική γη και κτην"</t>
   </si>
   <si>
-    <t>2017-09-16 00:00:00</t>
+    <t>2017-10-27 00:00:00</t>
   </si>
   <si>
     <t>42/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 42/2017 (Α/Α 2220) "Παροχή υπηρεσιών προσχολικής αγωγής και παροχή δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για το σχολικό έτος 20172018"</t>
   </si>
   <si>
     <t>2017-07-10 14:00:00</t>
   </si>
   <si>
     <t>43/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 43/2017 (Α/Α 2222) "Παροχή υπηρεσιών προσχολικής αγωγής για ΑμεΑ και παροχή υπηρεσιών δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για ΑμεΑ για το σχολικό έτος 20172018"</t>
   </si>
   <si>
     <t>41/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 41/2017 (Α/Α 2065) "Υποδομές Προσχολικής και Σχολικής Εκπαίδευσης"</t>
   </si>
   <si>
     <t>2017-06-26 14:00:00</t>
   </si>
   <si>
     <t>34/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 34/2016 (Α/Α 1927) "Ανάπτυξη συστημάτων για την παρακολούθηση αξιολόγηση και δημιουργία μοντέλων για την εξέλιξη των επιπτώσεων της κλιματικής αλλαγής σε επιμέρους υψηλής σημαντικότητας περιοχές"</t>
   </si>
   <si>
+    <t>2017-05-15 14:00:00</t>
+  </si>
+  <si>
+    <t>36/2016</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 36/2016 (Α/Α 1954) "Ανάπτυξη σχεδιασμού και ανάληψη δράσεων για πρόληψη και αντιμετώπιση κινδύνων από κατολισθητικά φαινόμενα"</t>
+  </si>
+  <si>
     <t>2017-06-09 14:00:00</t>
   </si>
   <si>
-    <t>36/2016</t>
-[...4 lines deleted...]
-  <si>
     <t>Πρόσκληση 40 (Α/Α 2046) "Δικτύωση και προβολή του τουρισμού της Περιφέρειας Ηπείρου"</t>
   </si>
   <si>
-    <t>2017-05-10 14:00:00</t>
+    <t>2017-05-31 14:00:00</t>
   </si>
   <si>
     <t>39/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 39/2017 (Α/Α 2028) "Περιφερειακό Επιχειρησιακό Σχέδιο για την πρόληψη και διαχείριση των κινδύνων από τις επιπτώσεις της κλιματικής αλλαγής"</t>
   </si>
   <si>
     <t>2017-04-28 14:00:00</t>
   </si>
   <si>
     <t>14.6ii.29.6</t>
   </si>
   <si>
     <t>Πρόσκληση 14.6ii.29.6 (Α/Α 2025) "Υποδομές συλλογής και επεξεργασίας αστικών λυμάτων ΕΕΛ στους οικισμούς Γ' προτεραιότητας πληθυσμός 200015000 ιπ που απαιτούνται σύμφωνα με την Οδηγία 91271ΕΟΚ"</t>
   </si>
   <si>
     <t>2017-04-21 14:00:00</t>
   </si>
   <si>
     <t>38/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 38/2017 (Α/Α 2035) "Συστήματα παροχής πληροφόρησης και προμήθεια εξοπλισμού για την πρόληψη των κινδύνων οδικής ασφάλειας"</t>
   </si>
   <si>
     <t>2017-04-07 14:00:00</t>
   </si>
   <si>
     <t>35/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 35/2016 (Α/Α 1928) "Ανάπτυξη συστήματος μέτρησης ατμοσφαιρικών ρύπων"</t>
   </si>
   <si>
     <t>2017-03-03 14:00:00</t>
   </si>
   <si>
+    <t>14.6i.27.8.5</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 14.6i.27.8.5 (Α/Α 1781) "Ολοκλήρωση και συμπλήρωση υποδομών ολοκληρωμένης διαχείρισης αποβλήτων"</t>
+  </si>
+  <si>
+    <t>2017-01-13 14:00:00</t>
+  </si>
+  <si>
     <t>32/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 32/2016 (Α/Α 1844) "Ανάπτυξη  βελτίωση υποδομών στέγασης και σίτισης και λοιπών υποδομών αντιμετώπισης της φτώχειας"</t>
   </si>
   <si>
-    <t>2017-01-13 14:00:00</t>
+    <t>2017-01-30 14:00:00</t>
   </si>
   <si>
     <t>33/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 33/2016 (Α/Α 1904) "Κέντρα Διημέρευσης  Ημερήσιας Φροντίδας Ατόμων με Αναπηρία"</t>
   </si>
   <si>
-    <t>14.6i.27.8.5</t>
-[...4 lines deleted...]
-  <si>
     <t>31/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 31/2016 (Α/Α 1614) "Παράλληλη στήριξη παιδιών με αναπηρία ηκαι ειδικές εκπαιδευτικές ανάγκες για τα σχολικά έτη 20162018"</t>
   </si>
   <si>
     <t>2016-08-26 14:00:00</t>
   </si>
   <si>
     <t>27/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 27/2016 (Α/Α 1564) "Δομή Παροχής Βασικών Αγαθών Κοινωνικό Παντοπωλείο Παροχή Συσσιτίου  Κοινωνικό Φαρμακείο"</t>
   </si>
   <si>
-    <t>2016-08-23 15:00:00</t>
+    <t>2016-09-27 15:00:00</t>
   </si>
   <si>
     <t>22/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 22/2016 (Α/Α 1456) "Έργα υποστήριξης ΔΕΔΜ  Υποδομές"</t>
   </si>
   <si>
     <t>2016-08-19 15:00:00</t>
   </si>
   <si>
     <t>29/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 29/2016 (Α/Α 1565) "Εναρμόνιση οικογενειακής και επαγγελματικής ζωής για το σχολικό έτος 20162017"</t>
   </si>
   <si>
     <t>2016-08-12 14:00:00</t>
   </si>
   <si>
     <t>30/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 30/2016 (Α/Α 1597) "Παροχή υπηρεσιών προσχολικής αγωγής για ΑμεΑ και  παροχή υπηρεσιών δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για ΑμεΑ για το σχολικό έτος 20162017"</t>
   </si>
   <si>
     <t>25/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 25/2016 (Α/Α 1552) "Κέντρα Κοινότητας"</t>
   </si>
   <si>
+    <t>2016-09-01 15:00:00</t>
+  </si>
+  <si>
+    <t>16/2016</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 16/2016 (Α/Α 1314) "Υλοποίηση Διαχειριστικού Σχεδίου Λεκανών Απορροής Υδατικού Διαμερίσματος Ηπείρου Δράσεις για την εφαρμογή της Οδηγίας για τα ύδατα κολύμβησης"</t>
+  </si>
+  <si>
+    <t>2016-07-29 15:00:00</t>
+  </si>
+  <si>
+    <t>28/2016</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 28/2016 (Α/Α 1566) "Δομές Αστέγων"</t>
+  </si>
+  <si>
+    <t>2016-09-29 15:00:00</t>
+  </si>
+  <si>
+    <t>26/2016</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 26/2016 (Α/Α 1562) "Κέντρα Ημερήσιας Φροντίδας Ηλικιωμένων  ΚΗΦΗ"</t>
+  </si>
+  <si>
     <t>2016-08-11 15:00:00</t>
   </si>
   <si>
-    <t>16/2016</t>
-[...25 lines deleted...]
-  <si>
     <t>13/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 13/2015 (Α/Α 1184) "ΑΞΙΟΠΟΙΗΣΗ ΤΟΥ ΠΟΛΙΤΙΣΤΙΚΟΥ ΑΠΟΘΕΜΑΤΟΣ ΤΗΣ ΠΕΡΙΦΕΡΕΙΑΣ"</t>
   </si>
   <si>
-    <t>2016-06-30 14:00:00</t>
+    <t>2016-09-30 14:00:00</t>
   </si>
   <si>
     <t>Πρόσκληση 18 (Α/Α 1326) "Υποδομές Τριτοβάθμιας Εκπαίδευσης"</t>
   </si>
   <si>
-    <t>2016-05-13 23:59:00</t>
+    <t>2016-03-28 14:00:00</t>
   </si>
   <si>
     <t>19/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 19/2016 (Α/Α 1335) "Δράσεις υλοποίησης Σχεδίων Ασφάλειας Νερού και οριοθέτησης ζωνών προστασίας σημείων υδροληψίας υπόγειου νερού"</t>
   </si>
   <si>
-    <t>2016-04-22 15:00:00</t>
+    <t>2016-05-31 15:00:00</t>
   </si>
   <si>
     <t>37/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 37/2017 (Α/Α 1956) "Εξοπλισμός εργαστηρίων Τριτοβάθμιας Εκπαίδευσης"</t>
   </si>
   <si>
-    <t>2016-03-10 14:00:00</t>
+    <t>2017-03-10 14:00:00</t>
   </si>
   <si>
     <t>14/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 14/2016 (Α/Α 1199) "Εκπόνηση Σχεδίων Βιώσιμης Αστικής Κινητικότητας"</t>
   </si>
   <si>
     <t>2016-03-04 14:00:00</t>
   </si>
   <si>
     <t>15/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 15/2016 (Α/Α 1201) "Εκπόνηση σχεδίων δράσης για τη βιώσιμη ενέργεια"</t>
   </si>
   <si>
     <t>20/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 20/2016 (Α/Α 1361) "Λειτουργία δομών και υπηρεσιών της Τοπικής Αυτοδιοίκησης προς όφελος των γυναικών και για την καταπολέμηση της βίας  Λειτουργία Κέντρων Συμβουλευτικής Υποστήριξης γυναικών θυμάτων βίας σε τοπικό επίπεδο"</t>
   </si>
   <si>
     <t>2016-02-29 23:59:00</t>
   </si>
   <si>
     <t>21/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 21/2016 (Α/Α 1363) "Λειτουργία δομών και υπηρεσιών της Τοπικής Αυτοδιοίκησης προς όφελος των γυναικών και για την καταπολέμηση της βίαςΛειτουργία ξενώνων φιλοξενίας"</t>
   </si>
   <si>
     <t>11/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 11/2015 (Α/Α 1177) "Yποδομές υγείας"</t>
   </si>
   <si>
-    <t>2016-02-28 23:59:00</t>
+    <t>2016-03-11 14:00:00</t>
   </si>
   <si>
     <t>6/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 6/2015 (Α/Α 1085) "Επενδύσεις στη διαχείριση λυμάτων"</t>
   </si>
   <si>
     <t>2016-02-12 14:00:00</t>
   </si>
   <si>
     <t>12/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 12/2015 (Α/Α 1179) "ΕΠΕΝΔΥΣΕΙΣ ΣΕ ΕΡΓΑ ΑΣΤΙΚΗΣ ΑΝΑΖΩΟΓΟΝΗΣΗΣ"</t>
   </si>
   <si>
     <t>2015-12-07 14:00:00</t>
   </si>
   <si>
     <t>7/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 7/2015 (Α/Α 1134) " Κοινωνικές υποδομές πρόνοιας"</t>
   </si>
@@ -2059,51 +2077,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G199"/>
+  <dimension ref="A1:G200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.520996" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.08667" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="361.864014" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.373535" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.412415" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.899902" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.69928" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -2193,4489 +2211,4510 @@
     <row r="5" spans="1:7">
       <c r="A5">
         <v>19865</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
         <v>5000000</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
-        <v>20325</v>
+        <v>21145</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6">
-        <v>500000</v>
+        <v>2000000</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
-        <v>19925</v>
+        <v>20325</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7">
-        <v>750000</v>
+        <v>500000</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
-        <v>19885</v>
+        <v>19925</v>
       </c>
       <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
         <v>28</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>29</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8">
+        <v>750000</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
-        <v>18165</v>
+        <v>19885</v>
       </c>
       <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
         <v>32</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>33</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9">
+        <v>15000000</v>
+      </c>
+      <c r="F9" t="s">
         <v>34</v>
       </c>
-      <c r="E9">
-[...5 lines deleted...]
-      <c r="G9"/>
+      <c r="G9" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
-        <v>18725</v>
+        <v>18165</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="E10">
-        <v>3600000</v>
+        <v>8000000</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
-        <v>18967</v>
+        <v>18725</v>
       </c>
       <c r="B11" t="s">
         <v>37</v>
       </c>
       <c r="C11" t="s">
         <v>38</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="E11">
-        <v>2000000</v>
+        <v>3600000</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
-        <v>19766</v>
+        <v>18967</v>
       </c>
       <c r="B12" t="s">
         <v>39</v>
       </c>
       <c r="C12" t="s">
         <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>20</v>
+      </c>
+      <c r="E12">
+        <v>2000000</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
-        <v>19765</v>
+        <v>19766</v>
       </c>
       <c r="B13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" t="s">
         <v>42</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>4500000</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
-        <v>18825</v>
+        <v>19765</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="E14">
-        <v>3500000</v>
+        <v>4500000</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
-        <v>17965</v>
+        <v>18825</v>
       </c>
       <c r="B15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" t="s">
         <v>47</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>48</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15">
-        <v>4000000</v>
+        <v>3500000</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
-        <v>18465</v>
+        <v>17425</v>
       </c>
       <c r="B16" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" t="s">
         <v>50</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="E16">
-        <v>7000000</v>
+        <v>6300000</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
-        <v>17425</v>
+        <v>17965</v>
       </c>
       <c r="B17" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" t="s">
         <v>52</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="E17">
-        <v>6300000</v>
+        <v>4000000</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
-        <v>17306</v>
+        <v>18465</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D18" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="E18">
-        <v>1600000</v>
+        <v>7000000</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
-        <v>17865</v>
+        <v>17306</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="E19">
-        <v>15000000</v>
+        <v>1600000</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
-        <v>15265</v>
+        <v>17865</v>
       </c>
       <c r="B20" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E20">
-        <v>12030000</v>
+        <v>15000000</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
-        <v>16985</v>
+        <v>15265</v>
       </c>
       <c r="B21" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="E21">
-        <v>5000000</v>
+        <v>12030000</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
-        <v>18405</v>
+        <v>16985</v>
       </c>
       <c r="B22" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="E22">
-        <v>2128764</v>
+        <v>5000000</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
-        <v>7714</v>
+        <v>18405</v>
       </c>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E23">
-        <v>2700000</v>
+        <v>2128764</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
-        <v>14885</v>
+        <v>7714</v>
       </c>
       <c r="B24" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="E24">
-        <v>1000000</v>
+        <v>2700000</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
-        <v>14745</v>
+        <v>14885</v>
       </c>
       <c r="B25" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E25">
-        <v>12500000</v>
+        <v>1000000</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
-        <v>13116</v>
+        <v>14745</v>
       </c>
       <c r="B26" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E26">
-        <v>11500000</v>
+        <v>12500000</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>13116</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" t="s">
         <v>79</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E27">
         <v>11500000</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
-        <v>13234</v>
+        <v>13116</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C28" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D28" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E28">
-        <v>4300000</v>
+        <v>11500000</v>
       </c>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
-        <v>11095</v>
+        <v>13234</v>
       </c>
       <c r="B29" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C29" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E29">
-        <v>3740000</v>
+        <v>4300000</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
-        <v>14198</v>
+        <v>11095</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="E30">
-        <v>2500000</v>
+        <v>3740000</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
-        <v>13034</v>
+        <v>14198</v>
       </c>
       <c r="B31" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D31" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="E31">
-        <v>1000000</v>
+        <v>2500000</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
-        <v>13297</v>
+        <v>13034</v>
       </c>
       <c r="B32" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C32" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E32">
-        <v>500000</v>
+        <v>1000000</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
-        <v>12954</v>
+        <v>13297</v>
       </c>
       <c r="B33" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C33" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E33">
-        <v>1000000</v>
+        <v>500000</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
-        <v>12914</v>
+        <v>12954</v>
       </c>
       <c r="B34" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E34">
-        <v>8248000</v>
+        <v>1000000</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
-        <v>12018</v>
+        <v>12914</v>
       </c>
       <c r="B35" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C35" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D35" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E35">
-        <v>5000000</v>
+        <v>8248000</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
-        <v>8893</v>
+        <v>12018</v>
       </c>
       <c r="B36" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D36" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="E36">
-        <v>1000000</v>
+        <v>5000000</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
-        <v>7473</v>
+        <v>8893</v>
       </c>
       <c r="B37" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D37" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E37">
-        <v>2500000</v>
+        <v>1000000</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
-        <v>7233</v>
+        <v>7473</v>
       </c>
       <c r="B38" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C38" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D38" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E38">
-        <v>5000000</v>
+        <v>2500000</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
-        <v>7353</v>
+        <v>7233</v>
       </c>
       <c r="B39" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C39" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E39">
-        <v>2000000</v>
+        <v>5000000</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
-        <v>8653</v>
+        <v>7353</v>
       </c>
       <c r="B40" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C40" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D40" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="E40">
-        <v>4000000</v>
+        <v>2000000</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
-        <v>7553</v>
+        <v>8653</v>
       </c>
       <c r="B41" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C41" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D41" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="E41">
         <v>4000000</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
-        <v>7056</v>
+        <v>7553</v>
       </c>
       <c r="B42" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C42" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D42" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E42">
-        <v>2000000</v>
+        <v>4000000</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
-        <v>4491</v>
+        <v>7056</v>
       </c>
       <c r="B43" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C43" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D43" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="E43">
-        <v>500000</v>
+        <v>2000000</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
-        <v>7419</v>
+        <v>4491</v>
       </c>
       <c r="B44" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C44" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D44" t="s">
         <v>128</v>
       </c>
       <c r="E44">
-        <v>1000000</v>
+        <v>500000</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
-        <v>7439</v>
+        <v>7419</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D45" t="s">
         <v>128</v>
       </c>
       <c r="E45">
-        <v>600000</v>
+        <v>1000000</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
-        <v>7373</v>
+        <v>7439</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C46" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="E46">
-        <v>1000000</v>
+        <v>600000</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
-        <v>7334</v>
+        <v>7373</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="E47">
-        <v>500000</v>
+        <v>1000000</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
-        <v>7055</v>
+        <v>7334</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C48" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D48" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="E48">
-        <v>8000000</v>
+        <v>500000</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
-        <v>6652</v>
+        <v>7055</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C49" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D49" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="E49">
-        <v>7537311</v>
+        <v>8000000</v>
       </c>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
-        <v>4871</v>
+        <v>6652</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C50" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D50" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E50">
-        <v>500000</v>
+        <v>7537311</v>
       </c>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
-        <v>6071</v>
+        <v>4871</v>
       </c>
       <c r="B51" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C51" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E51">
-        <v>1840000</v>
+        <v>500000</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
-        <v>6079</v>
+        <v>6071</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C52" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D52" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="E52">
-        <v>2700000</v>
+        <v>1840000</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
-      <c r="G52"/>
+      <c r="G52" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
-        <v>6291</v>
+        <v>6079</v>
       </c>
       <c r="B53" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C53" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D53" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="E53">
-        <v>5000000</v>
+        <v>2700000</v>
       </c>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
-        <v>4392</v>
+        <v>6291</v>
       </c>
       <c r="B54" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C54" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D54" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="E54">
-        <v>1000000</v>
+        <v>5000000</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
-      <c r="G54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
-        <v>1461</v>
+        <v>4392</v>
       </c>
       <c r="B55" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C55" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="E55">
-        <v>786274</v>
+        <v>1000000</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
-        <v>6191</v>
+        <v>1461</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C56" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D56" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="E56">
-        <v>2550000</v>
+        <v>786274</v>
       </c>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
-        <v>3486</v>
+        <v>6191</v>
       </c>
       <c r="B57" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C57" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D57" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E57">
-        <v>1350000</v>
+        <v>2550000</v>
       </c>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
-        <v>5932</v>
+        <v>3486</v>
       </c>
       <c r="B58" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C58" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D58" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="E58"/>
+        <v>167</v>
+      </c>
+      <c r="E58">
+        <v>1350000</v>
+      </c>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
-        <v>6012</v>
+        <v>5932</v>
       </c>
       <c r="B59" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C59" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D59" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
-        <v>5692</v>
+        <v>6012</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C60" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D60" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E60">
-        <v>2700000</v>
+        <v>3960000</v>
       </c>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
-        <v>1107</v>
+        <v>5692</v>
       </c>
       <c r="B61" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C61" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D61" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="E61">
-        <v>5210908</v>
+        <v>2700000</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
-        <v>3406</v>
+        <v>1107</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C62" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D62" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="E62">
-        <v>1000000</v>
+        <v>5210908</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
-        <v>3470</v>
+        <v>3406</v>
       </c>
       <c r="B63" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C63" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E63">
-        <v>250000</v>
+        <v>1000000</v>
       </c>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
-        <v>2666</v>
+        <v>3470</v>
       </c>
       <c r="B64" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C64" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E64">
-        <v>3480000</v>
+        <v>250000</v>
       </c>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
-        <v>2668</v>
+        <v>2666</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C65" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D65" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E65">
-        <v>1000000</v>
+        <v>3480000</v>
       </c>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
-        <v>2527</v>
+        <v>2668</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C66" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D66" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E66">
-        <v>300000</v>
+        <v>1000000</v>
       </c>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
+        <v>2527</v>
+      </c>
+      <c r="B67" t="s">
+        <v>191</v>
+      </c>
+      <c r="C67" t="s">
+        <v>192</v>
+      </c>
+      <c r="D67" t="s">
+        <v>190</v>
+      </c>
+      <c r="E67">
+        <v>300000</v>
+      </c>
+      <c r="F67" t="s">
+        <v>10</v>
+      </c>
+      <c r="G67" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68">
         <v>2716</v>
       </c>
-      <c r="B67" t="s">
+      <c r="B68" t="s">
         <v>193</v>
       </c>
-      <c r="C67" t="s">
+      <c r="C68" t="s">
         <v>194</v>
       </c>
-      <c r="D67" t="s">
+      <c r="D68" t="s">
+        <v>187</v>
+      </c>
+      <c r="E68">
+        <v>4500000</v>
+      </c>
+      <c r="F68" t="s">
+        <v>10</v>
+      </c>
+      <c r="G68" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" t="s">
         <v>195</v>
       </c>
-      <c r="E67">
-[...10 lines deleted...]
-      <c r="A68" t="s">
+      <c r="B69" t="s">
         <v>196</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C69" t="s">
         <v>197</v>
       </c>
-      <c r="C68" t="s">
-[...5 lines deleted...]
-      <c r="E68">
+      <c r="D69" t="s">
+        <v>187</v>
+      </c>
+      <c r="E69">
         <v>5200000</v>
-      </c>
-[...21 lines deleted...]
-        <v>4000000</v>
       </c>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
-        <v>1047</v>
+        <v>2126</v>
       </c>
       <c r="B70" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C70" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D70" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E70">
-        <v>9500000</v>
+        <v>4000000</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
-        <v>1186</v>
+        <v>1047</v>
       </c>
       <c r="B71" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C71" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D71" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E71">
-        <v>3500000</v>
+        <v>9500000</v>
       </c>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
-        <v>989</v>
+        <v>1186</v>
       </c>
       <c r="B72" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C72" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D72" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E72">
-        <v>10000000</v>
+        <v>3500000</v>
       </c>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
-        <v>2412</v>
+        <v>989</v>
       </c>
       <c r="B73" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C73" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D73" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E73">
-        <v>5000000</v>
+        <v>10000000</v>
       </c>
       <c r="F73" t="s">
         <v>10</v>
       </c>
       <c r="G73" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
-        <v>2586</v>
+        <v>2412</v>
       </c>
       <c r="B74" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C74" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D74" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E74">
-        <v>17660000</v>
+        <v>5000000</v>
       </c>
       <c r="F74" t="s">
         <v>10</v>
       </c>
-      <c r="G74"/>
+      <c r="G74" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
-        <v>746</v>
+        <v>2586</v>
       </c>
       <c r="B75" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C75" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D75" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="E75">
-        <v>250000</v>
+        <v>17660000</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
-      <c r="G75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
-        <v>766</v>
+        <v>746</v>
       </c>
       <c r="B76" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C76" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D76" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="E76">
-        <v>2500000</v>
+        <v>250000</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
-        <v>6843</v>
+        <v>766</v>
       </c>
       <c r="B77" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C77" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D77" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="E77">
-        <v>200000</v>
+        <v>2500000</v>
       </c>
       <c r="F77" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G77" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
-        <v>932</v>
+        <v>6843</v>
       </c>
       <c r="B78" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C78" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D78" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="E78">
-        <v>5000000</v>
+        <v>200000</v>
       </c>
       <c r="F78" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G78" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
+        <v>932</v>
+      </c>
+      <c r="B79" t="s">
+        <v>223</v>
+      </c>
+      <c r="C79" t="s">
+        <v>224</v>
+      </c>
+      <c r="D79" t="s">
+        <v>225</v>
+      </c>
+      <c r="E79">
+        <v>5000000</v>
+      </c>
+      <c r="F79" t="s">
+        <v>10</v>
+      </c>
+      <c r="G79" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7">
+      <c r="A80">
         <v>726</v>
       </c>
-      <c r="B79" t="s">
+      <c r="B80" t="s">
         <v>226</v>
       </c>
-      <c r="C79" t="s">
+      <c r="C80" t="s">
         <v>227</v>
       </c>
-      <c r="D79" t="s">
+      <c r="D80" t="s">
         <v>228</v>
       </c>
-      <c r="E79">
+      <c r="E80">
         <v>10000000</v>
       </c>
-      <c r="F79" t="s">
-[...9 lines deleted...]
-      <c r="C80" t="s">
+      <c r="F80" t="s">
+        <v>10</v>
+      </c>
+      <c r="G80" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81"/>
+      <c r="B81"/>
+      <c r="C81" t="s">
         <v>229</v>
       </c>
-      <c r="D80" t="s">
+      <c r="D81" t="s">
         <v>230</v>
       </c>
-      <c r="E80">
+      <c r="E81">
         <v>45138334</v>
       </c>
-      <c r="F80" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="F81" t="s">
         <v>10</v>
       </c>
-      <c r="G81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
-        <v>4951</v>
+        <v>5058</v>
       </c>
       <c r="B82" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C82" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D82" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="E82">
-        <v>222320</v>
+        <v>25000</v>
       </c>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
-        <v>5002</v>
+        <v>4951</v>
       </c>
       <c r="B83" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C83" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D83" t="s">
         <v>236</v>
       </c>
       <c r="E83">
-        <v>500000</v>
+        <v>222320</v>
       </c>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="G83" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
-        <v>5007</v>
+        <v>5002</v>
       </c>
       <c r="B84" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C84" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D84" t="s">
         <v>236</v>
       </c>
       <c r="E84">
-        <v>100000</v>
+        <v>500000</v>
       </c>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="G84" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
-        <v>4612</v>
+        <v>5007</v>
       </c>
       <c r="B85" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C85" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D85" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="E85">
-        <v>1000000</v>
+        <v>100000</v>
       </c>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
-        <v>4836</v>
+        <v>4612</v>
       </c>
       <c r="B86" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C86" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D86" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E86">
-        <v>850000</v>
+        <v>1000000</v>
       </c>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
-        <v>4522</v>
+        <v>4836</v>
       </c>
       <c r="B87" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C87" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D87" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E87">
-        <v>13000000</v>
+        <v>850000</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
-        <v>4229</v>
+        <v>4522</v>
       </c>
       <c r="B88" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C88" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D88" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="E88">
-        <v>25000000</v>
+        <v>13000000</v>
       </c>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="G88" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
-        <v>4172</v>
+        <v>4229</v>
       </c>
       <c r="B89" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C89" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D89" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E89">
-        <v>1000000</v>
+        <v>25000000</v>
       </c>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="G89" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
-        <v>4525</v>
+        <v>4172</v>
       </c>
       <c r="B90" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C90" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="D90" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="E90">
-        <v>85000</v>
+        <v>1000000</v>
       </c>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
-        <v>4406</v>
+        <v>4525</v>
       </c>
       <c r="B91" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C91" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D91" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E91">
-        <v>2906578</v>
+        <v>85000</v>
       </c>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
-        <v>4369</v>
+        <v>4406</v>
       </c>
       <c r="B92" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C92" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D92" t="s">
-        <v>264</v>
+        <v>243</v>
       </c>
       <c r="E92">
-        <v>3250000</v>
+        <v>2906578</v>
       </c>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
-        <v>4488</v>
+        <v>4369</v>
       </c>
       <c r="B93" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C93" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D93" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E93">
-        <v>400000</v>
+        <v>3250000</v>
       </c>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
-        <v>4448</v>
+        <v>4488</v>
       </c>
       <c r="B94" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C94" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D94" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="E94">
-        <v>230000</v>
+        <v>400000</v>
       </c>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="G94" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
-        <v>4461</v>
+        <v>4448</v>
       </c>
       <c r="B95" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C95" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D95" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E95">
-        <v>110000</v>
+        <v>230000</v>
       </c>
       <c r="F95" t="s">
         <v>10</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
-        <v>4613</v>
+        <v>4461</v>
       </c>
       <c r="B96" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C96" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D96" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="E96">
-        <v>30000000</v>
+        <v>110000</v>
       </c>
       <c r="F96" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G96" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
-        <v>4412</v>
+        <v>4613</v>
       </c>
       <c r="B97" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C97" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D97" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="E97">
-        <v>500000</v>
+        <v>30000000</v>
       </c>
       <c r="F97" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G97" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
-        <v>4405</v>
+        <v>4412</v>
       </c>
       <c r="B98" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C98" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D98" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="E98">
-        <v>4224940</v>
+        <v>500000</v>
       </c>
       <c r="F98" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G98" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
         <v>4063</v>
       </c>
       <c r="B99" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C99" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D99" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="E99">
         <v>2500000</v>
       </c>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="G99" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
-        <v>4364</v>
+        <v>4405</v>
       </c>
       <c r="B100" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="C100" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="D100" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E100">
-        <v>4900000</v>
+        <v>4224940</v>
       </c>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
-        <v>4478</v>
+        <v>4364</v>
       </c>
       <c r="B101" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C101" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D101" t="s">
         <v>286</v>
       </c>
       <c r="E101">
-        <v>170000</v>
+        <v>4900000</v>
       </c>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
-        <v>4127</v>
+        <v>4478</v>
       </c>
       <c r="B102" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C102" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D102" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="E102">
-        <v>1300000</v>
+        <v>170000</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
-        <v>3868</v>
+        <v>4127</v>
       </c>
       <c r="B103" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C103" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D103" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="E103">
-        <v>2000000</v>
+        <v>1300000</v>
       </c>
       <c r="F103" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G103" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
-        <v>3338</v>
+        <v>3868</v>
       </c>
       <c r="B104" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C104" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D104" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="E104">
-        <v>2500000</v>
+        <v>2000000</v>
       </c>
       <c r="F104" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G104" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
-        <v>3851</v>
+        <v>3301</v>
       </c>
       <c r="B105" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C105" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="D105" t="s">
         <v>297</v>
       </c>
       <c r="E105">
-        <v>2500000</v>
+        <v>150000</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
-        <v>3301</v>
+        <v>3338</v>
       </c>
       <c r="B106" t="s">
+        <v>298</v>
+      </c>
+      <c r="C106" t="s">
+        <v>299</v>
+      </c>
+      <c r="D106" t="s">
         <v>300</v>
       </c>
-      <c r="C106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E106">
-        <v>150000</v>
+        <v>2500000</v>
       </c>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
-        <v>3953</v>
+        <v>3851</v>
       </c>
       <c r="B107" t="s">
+        <v>301</v>
+      </c>
+      <c r="C107" t="s">
         <v>302</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>303</v>
       </c>
-      <c r="D107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107">
-        <v>15000000</v>
+        <v>2500000</v>
       </c>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
-        <v>3910</v>
+        <v>3953</v>
       </c>
       <c r="B108" t="s">
+        <v>304</v>
+      </c>
+      <c r="C108" t="s">
         <v>305</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
         <v>306</v>
       </c>
-      <c r="D108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108">
-        <v>150000</v>
+        <v>15000000</v>
       </c>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
-        <v>0</v>
+        <v>3910</v>
       </c>
       <c r="B109" t="s">
+        <v>307</v>
+      </c>
+      <c r="C109" t="s">
         <v>308</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>309</v>
       </c>
-      <c r="D109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109">
-        <v>2870000</v>
+        <v>150000</v>
       </c>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="G109" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
-        <v>3840</v>
+        <v>0</v>
       </c>
       <c r="B110" t="s">
+        <v>310</v>
+      </c>
+      <c r="C110" t="s">
         <v>311</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>312</v>
       </c>
-      <c r="D110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110">
-        <v>4595439</v>
+        <v>2870000</v>
       </c>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="G110" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
-        <v>3721</v>
+        <v>3840</v>
       </c>
       <c r="B111" t="s">
+        <v>313</v>
+      </c>
+      <c r="C111" t="s">
         <v>314</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>315</v>
       </c>
-      <c r="D111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111">
-        <v>12217735</v>
+        <v>4595439</v>
       </c>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="G111" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
-        <v>3756</v>
+        <v>3721</v>
       </c>
       <c r="B112" t="s">
+        <v>316</v>
+      </c>
+      <c r="C112" t="s">
         <v>317</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>318</v>
       </c>
-      <c r="D112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112">
-        <v>2500000</v>
+        <v>12217735</v>
       </c>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
-        <v>3609</v>
+        <v>3756</v>
       </c>
       <c r="B113" t="s">
+        <v>319</v>
+      </c>
+      <c r="C113" t="s">
         <v>320</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>321</v>
       </c>
-      <c r="D113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113">
-        <v>1400000</v>
+        <v>2500000</v>
       </c>
       <c r="F113" t="s">
         <v>10</v>
       </c>
       <c r="G113" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
+        <v>3609</v>
+      </c>
+      <c r="B114" t="s">
+        <v>322</v>
+      </c>
+      <c r="C114" t="s">
+        <v>323</v>
+      </c>
+      <c r="D114" t="s">
+        <v>324</v>
+      </c>
+      <c r="E114">
+        <v>1400000</v>
+      </c>
+      <c r="F114" t="s">
+        <v>10</v>
+      </c>
+      <c r="G114" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7">
+      <c r="A115">
         <v>3811</v>
       </c>
-      <c r="B114" t="s">
-[...5 lines deleted...]
-      <c r="D114" t="s">
+      <c r="B115" t="s">
         <v>325</v>
       </c>
-      <c r="E114">
+      <c r="C115" t="s">
+        <v>326</v>
+      </c>
+      <c r="D115" t="s">
+        <v>327</v>
+      </c>
+      <c r="E115">
         <v>2000000</v>
       </c>
-      <c r="F114" t="s">
-[...13 lines deleted...]
-      <c r="C115" t="s">
+      <c r="F115" t="s">
+        <v>34</v>
+      </c>
+      <c r="G115" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" t="s">
         <v>328</v>
       </c>
-      <c r="D115" t="s">
+      <c r="B116" t="s">
         <v>329</v>
       </c>
-      <c r="E115">
+      <c r="C116" t="s">
+        <v>330</v>
+      </c>
+      <c r="D116" t="s">
+        <v>331</v>
+      </c>
+      <c r="E116">
         <v>2870000</v>
       </c>
-      <c r="F115" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F116" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G116" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
-        <v>3748</v>
+        <v>3741</v>
       </c>
       <c r="B117" t="s">
+        <v>332</v>
+      </c>
+      <c r="C117" t="s">
         <v>333</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>334</v>
       </c>
-      <c r="D117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117">
-        <v>612939</v>
+        <v>2300000</v>
       </c>
       <c r="F117" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G117" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
+        <v>3748</v>
+      </c>
+      <c r="B118" t="s">
+        <v>335</v>
+      </c>
+      <c r="C118" t="s">
+        <v>336</v>
+      </c>
+      <c r="D118" t="s">
+        <v>337</v>
+      </c>
+      <c r="E118">
+        <v>612939</v>
+      </c>
+      <c r="F118" t="s">
+        <v>10</v>
+      </c>
+      <c r="G118" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7">
+      <c r="A119">
         <v>3749</v>
-      </c>
-[...21 lines deleted...]
-        <v>326</v>
       </c>
       <c r="B119" t="s">
         <v>338</v>
       </c>
       <c r="C119" t="s">
         <v>339</v>
       </c>
       <c r="D119" t="s">
+        <v>337</v>
+      </c>
+      <c r="E119">
+        <v>338864</v>
+      </c>
+      <c r="F119" t="s">
+        <v>10</v>
+      </c>
+      <c r="G119" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7">
+      <c r="A120" t="s">
+        <v>328</v>
+      </c>
+      <c r="B120" t="s">
         <v>340</v>
       </c>
-      <c r="E119">
+      <c r="C120" t="s">
+        <v>341</v>
+      </c>
+      <c r="D120" t="s">
+        <v>312</v>
+      </c>
+      <c r="E120">
         <v>3253000</v>
       </c>
-      <c r="F119" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
-        <v>3023</v>
+        <v>3611</v>
       </c>
       <c r="B121" t="s">
+        <v>342</v>
+      </c>
+      <c r="C121" t="s">
+        <v>343</v>
+      </c>
+      <c r="D121" t="s">
         <v>344</v>
       </c>
-      <c r="C121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E121">
-        <v>2668850</v>
+        <v>4000000</v>
       </c>
       <c r="F121" t="s">
         <v>10</v>
       </c>
       <c r="G121" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
-        <v>3550</v>
+        <v>3023</v>
       </c>
       <c r="B122" t="s">
+        <v>345</v>
+      </c>
+      <c r="C122" t="s">
+        <v>346</v>
+      </c>
+      <c r="D122" t="s">
         <v>347</v>
       </c>
-      <c r="C122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E122">
-        <v>3000000</v>
+        <v>2668850</v>
       </c>
       <c r="F122" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G122" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
-        <v>3194</v>
+        <v>3550</v>
       </c>
       <c r="B123" t="s">
+        <v>348</v>
+      </c>
+      <c r="C123" t="s">
+        <v>349</v>
+      </c>
+      <c r="D123" t="s">
         <v>350</v>
       </c>
-      <c r="C123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E123">
-        <v>5500000</v>
+        <v>3000000</v>
       </c>
       <c r="F123" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G123" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
-        <v>3403</v>
+        <v>3194</v>
       </c>
       <c r="B124" t="s">
+        <v>351</v>
+      </c>
+      <c r="C124" t="s">
+        <v>352</v>
+      </c>
+      <c r="D124" t="s">
         <v>353</v>
       </c>
-      <c r="C124" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E124">
-        <v>5000000</v>
+        <v>5500000</v>
       </c>
       <c r="F124" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G124" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
-        <v>3369</v>
+        <v>3403</v>
       </c>
       <c r="B125" t="s">
+        <v>354</v>
+      </c>
+      <c r="C125" t="s">
+        <v>355</v>
+      </c>
+      <c r="D125" t="s">
         <v>356</v>
       </c>
-      <c r="C125" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E125">
-        <v>2000000</v>
+        <v>5000000</v>
       </c>
       <c r="F125" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G125" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
-        <v>3337</v>
+        <v>3369</v>
       </c>
       <c r="B126" t="s">
+        <v>357</v>
+      </c>
+      <c r="C126" t="s">
+        <v>358</v>
+      </c>
+      <c r="D126" t="s">
         <v>359</v>
       </c>
-      <c r="C126" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E126">
-        <v>4500000</v>
+        <v>2000000</v>
       </c>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="G126" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
-        <v>3339</v>
+        <v>3337</v>
       </c>
       <c r="B127" t="s">
+        <v>360</v>
+      </c>
+      <c r="C127" t="s">
+        <v>361</v>
+      </c>
+      <c r="D127" t="s">
         <v>362</v>
       </c>
-      <c r="C127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E127">
-        <v>15000000</v>
+        <v>4500000</v>
       </c>
       <c r="F127" t="s">
         <v>10</v>
       </c>
       <c r="G127" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
-        <v>3424</v>
+        <v>3287</v>
       </c>
       <c r="B128" t="s">
+        <v>363</v>
+      </c>
+      <c r="C128" t="s">
+        <v>364</v>
+      </c>
+      <c r="D128" t="s">
         <v>365</v>
       </c>
-      <c r="C128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E128">
-        <v>5606895</v>
+        <v>2924863</v>
       </c>
       <c r="F128" t="s">
         <v>10</v>
       </c>
       <c r="G128" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
-        <v>3287</v>
+        <v>3339</v>
       </c>
       <c r="B129" t="s">
+        <v>366</v>
+      </c>
+      <c r="C129" t="s">
         <v>367</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>368</v>
       </c>
-      <c r="D129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E129">
-        <v>2924863</v>
+        <v>15000000</v>
       </c>
       <c r="F129" t="s">
         <v>10</v>
       </c>
       <c r="G129" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:7">
-      <c r="A130" t="s">
-        <v>326</v>
+      <c r="A130">
+        <v>3424</v>
       </c>
       <c r="B130" t="s">
         <v>369</v>
       </c>
       <c r="C130" t="s">
         <v>370</v>
       </c>
       <c r="D130" t="s">
+        <v>365</v>
+      </c>
+      <c r="E130">
+        <v>5606895</v>
+      </c>
+      <c r="F130" t="s">
+        <v>10</v>
+      </c>
+      <c r="G130" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7">
+      <c r="A131" t="s">
+        <v>328</v>
+      </c>
+      <c r="B131" t="s">
         <v>371</v>
       </c>
-      <c r="E130">
+      <c r="C131" t="s">
+        <v>372</v>
+      </c>
+      <c r="D131" t="s">
+        <v>373</v>
+      </c>
+      <c r="E131">
         <v>4610000</v>
-      </c>
-[...21 lines deleted...]
-        <v>2515200</v>
       </c>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
-        <v>3422</v>
+        <v>2979</v>
       </c>
       <c r="B132" t="s">
+        <v>374</v>
+      </c>
+      <c r="C132" t="s">
         <v>375</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>376</v>
       </c>
-      <c r="D132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132">
-        <v>225000</v>
+        <v>2515200</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
-        <v>3278</v>
+        <v>3422</v>
       </c>
       <c r="B133" t="s">
+        <v>377</v>
+      </c>
+      <c r="C133" t="s">
         <v>378</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>379</v>
       </c>
-      <c r="D133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133">
-        <v>150000</v>
+        <v>225000</v>
       </c>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="G133" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
-        <v>3191</v>
+        <v>3278</v>
       </c>
       <c r="B134" t="s">
+        <v>380</v>
+      </c>
+      <c r="C134" t="s">
         <v>381</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>382</v>
       </c>
-      <c r="D134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E134">
-        <v>2100000</v>
+        <v>150000</v>
       </c>
       <c r="F134" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G134" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
         <v>2441</v>
       </c>
       <c r="B135" t="s">
+        <v>383</v>
+      </c>
+      <c r="C135" t="s">
         <v>384</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="E135">
         <v>1700000</v>
       </c>
       <c r="F135" t="s">
         <v>10</v>
       </c>
       <c r="G135" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
-        <v>3092</v>
+        <v>3191</v>
       </c>
       <c r="B136" t="s">
         <v>386</v>
       </c>
       <c r="C136" t="s">
         <v>387</v>
       </c>
       <c r="D136" t="s">
         <v>388</v>
       </c>
       <c r="E136">
-        <v>3000000</v>
+        <v>2100000</v>
       </c>
       <c r="F136" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G136" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
-        <v>3185</v>
+        <v>3092</v>
       </c>
       <c r="B137" t="s">
         <v>389</v>
       </c>
       <c r="C137" t="s">
         <v>390</v>
       </c>
       <c r="D137" t="s">
         <v>391</v>
       </c>
       <c r="E137">
-        <v>4615000</v>
+        <v>3000000</v>
       </c>
       <c r="F137" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G137" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
-        <v>2798</v>
+        <v>3185</v>
       </c>
       <c r="B138" t="s">
         <v>392</v>
       </c>
       <c r="C138" t="s">
         <v>393</v>
       </c>
       <c r="D138" t="s">
         <v>394</v>
       </c>
       <c r="E138">
-        <v>5916000</v>
+        <v>4615000</v>
       </c>
       <c r="F138" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G138" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="139" spans="1:7">
-      <c r="A139" t="s">
-        <v>326</v>
+      <c r="A139">
+        <v>2798</v>
       </c>
       <c r="B139" t="s">
         <v>395</v>
       </c>
       <c r="C139" t="s">
         <v>396</v>
       </c>
       <c r="D139" t="s">
         <v>397</v>
       </c>
       <c r="E139">
-        <v>2200000</v>
+        <v>5916000</v>
       </c>
       <c r="F139" t="s">
         <v>10</v>
       </c>
       <c r="G139" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:7">
-      <c r="A140">
-        <v>3205</v>
+      <c r="A140" t="s">
+        <v>328</v>
       </c>
       <c r="B140" t="s">
         <v>398</v>
       </c>
       <c r="C140" t="s">
         <v>399</v>
       </c>
       <c r="D140" t="s">
         <v>400</v>
       </c>
       <c r="E140">
-        <v>1823125</v>
+        <v>2200000</v>
       </c>
       <c r="F140" t="s">
         <v>10</v>
       </c>
       <c r="G140" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
-        <v>3206</v>
+        <v>3205</v>
       </c>
       <c r="B141" t="s">
         <v>401</v>
       </c>
       <c r="C141" t="s">
         <v>402</v>
       </c>
       <c r="D141" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E141">
-        <v>395341</v>
+        <v>1823125</v>
       </c>
       <c r="F141" t="s">
         <v>10</v>
       </c>
       <c r="G141" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
+        <v>3206</v>
+      </c>
+      <c r="B142" t="s">
+        <v>404</v>
+      </c>
+      <c r="C142" t="s">
+        <v>405</v>
+      </c>
+      <c r="D142" t="s">
+        <v>403</v>
+      </c>
+      <c r="E142">
+        <v>395341</v>
+      </c>
+      <c r="F142" t="s">
+        <v>10</v>
+      </c>
+      <c r="G142" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7">
+      <c r="A143">
         <v>3211</v>
       </c>
-      <c r="B142" t="s">
+      <c r="B143" t="s">
+        <v>406</v>
+      </c>
+      <c r="C143" t="s">
+        <v>407</v>
+      </c>
+      <c r="D143" t="s">
         <v>403</v>
       </c>
-      <c r="C142" t="s">
-[...5 lines deleted...]
-      <c r="E142">
+      <c r="E143">
         <v>127823</v>
-      </c>
-[...21 lines deleted...]
-        <v>1900000</v>
       </c>
       <c r="F143" t="s">
         <v>10</v>
       </c>
       <c r="G143" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B144" t="s">
         <v>408</v>
       </c>
       <c r="C144" t="s">
         <v>409</v>
       </c>
       <c r="D144" t="s">
         <v>410</v>
       </c>
       <c r="E144">
-        <v>1740000</v>
+        <v>1900000</v>
       </c>
       <c r="F144" t="s">
         <v>10</v>
       </c>
       <c r="G144" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:7">
-      <c r="A145">
-        <v>3017</v>
+      <c r="A145" t="s">
+        <v>328</v>
       </c>
       <c r="B145" t="s">
         <v>411</v>
       </c>
       <c r="C145" t="s">
         <v>412</v>
       </c>
       <c r="D145" t="s">
         <v>413</v>
       </c>
       <c r="E145">
-        <v>3400000</v>
+        <v>1740000</v>
       </c>
       <c r="F145" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G145" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
-        <v>2579</v>
+        <v>3017</v>
       </c>
       <c r="B146" t="s">
         <v>414</v>
       </c>
       <c r="C146" t="s">
         <v>415</v>
       </c>
       <c r="D146" t="s">
         <v>416</v>
       </c>
       <c r="E146">
-        <v>6000000</v>
+        <v>3400000</v>
       </c>
       <c r="F146" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G146" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
-        <v>2436</v>
+        <v>2579</v>
       </c>
       <c r="B147" t="s">
         <v>417</v>
       </c>
       <c r="C147" t="s">
         <v>418</v>
       </c>
       <c r="D147" t="s">
-        <v>419</v>
+        <v>315</v>
       </c>
       <c r="E147">
-        <v>300000</v>
+        <v>6000000</v>
       </c>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
-        <v>2446</v>
+        <v>2436</v>
       </c>
       <c r="B148" t="s">
+        <v>419</v>
+      </c>
+      <c r="C148" t="s">
         <v>420</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>421</v>
       </c>
-      <c r="D148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E148">
-        <v>500000</v>
+        <v>300000</v>
       </c>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
-        <v>2643</v>
+        <v>2446</v>
       </c>
       <c r="B149" t="s">
         <v>422</v>
       </c>
       <c r="C149" t="s">
         <v>423</v>
       </c>
       <c r="D149" t="s">
         <v>424</v>
       </c>
       <c r="E149">
-        <v>8000000</v>
+        <v>500000</v>
       </c>
       <c r="F149" t="s">
         <v>10</v>
       </c>
       <c r="G149" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
-        <v>2428</v>
+        <v>2643</v>
       </c>
       <c r="B150" t="s">
         <v>425</v>
       </c>
       <c r="C150" t="s">
         <v>426</v>
       </c>
       <c r="D150" t="s">
         <v>427</v>
       </c>
       <c r="E150">
-        <v>11860780</v>
+        <v>8000000</v>
       </c>
       <c r="F150" t="s">
         <v>10</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
-        <v>2421</v>
+        <v>2428</v>
       </c>
       <c r="B151" t="s">
         <v>428</v>
       </c>
       <c r="C151" t="s">
         <v>429</v>
       </c>
       <c r="D151" t="s">
         <v>430</v>
       </c>
       <c r="E151">
-        <v>3300000</v>
+        <v>11860780</v>
       </c>
       <c r="F151" t="s">
         <v>10</v>
       </c>
       <c r="G151" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
-        <v>2452</v>
+        <v>2421</v>
       </c>
       <c r="B152" t="s">
         <v>431</v>
       </c>
       <c r="C152" t="s">
         <v>432</v>
       </c>
       <c r="D152" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E152">
-        <v>15000000</v>
+        <v>3300000</v>
       </c>
       <c r="F152" t="s">
         <v>10</v>
       </c>
       <c r="G152" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
-        <v>2632</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>2452</v>
+      </c>
+      <c r="B153" t="s">
+        <v>434</v>
       </c>
       <c r="C153" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D153" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="E153">
-        <v>7300000</v>
+        <v>15000000</v>
       </c>
       <c r="F153" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G153" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
-        <v>2417</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>2632</v>
+      </c>
+      <c r="B154">
+        <v>97</v>
       </c>
       <c r="C154" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D154" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E154">
-        <v>500000</v>
+        <v>7300000</v>
       </c>
       <c r="F154" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G154" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
-        <v>2427</v>
+        <v>2417</v>
       </c>
       <c r="B155" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C155" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D155" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E155">
-        <v>4500000</v>
+        <v>500000</v>
       </c>
       <c r="F155" t="s">
         <v>10</v>
       </c>
       <c r="G155" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
-        <v>2542</v>
+        <v>2427</v>
       </c>
       <c r="B156" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C156" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D156" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E156">
-        <v>113640</v>
+        <v>4500000</v>
       </c>
       <c r="F156" t="s">
         <v>10</v>
       </c>
       <c r="G156" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
-        <v>2426</v>
+        <v>2542</v>
       </c>
       <c r="B157" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C157" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D157" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E157">
-        <v>200000</v>
+        <v>113640</v>
       </c>
       <c r="F157" t="s">
         <v>10</v>
       </c>
       <c r="G157" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
-        <v>2383</v>
+        <v>2426</v>
       </c>
       <c r="B158" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C158" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D158" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E158">
-        <v>2970340</v>
+        <v>200000</v>
       </c>
       <c r="F158" t="s">
         <v>10</v>
       </c>
       <c r="G158" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
-        <v>2317</v>
+        <v>2383</v>
       </c>
       <c r="B159" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C159" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D159" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E159">
-        <v>2750000</v>
+        <v>2970340</v>
       </c>
       <c r="F159" t="s">
         <v>10</v>
       </c>
       <c r="G159" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
+        <v>2317</v>
+      </c>
+      <c r="B160" t="s">
+        <v>454</v>
+      </c>
+      <c r="C160" t="s">
+        <v>455</v>
+      </c>
+      <c r="D160" t="s">
+        <v>456</v>
+      </c>
+      <c r="E160">
+        <v>2750000</v>
+      </c>
+      <c r="F160" t="s">
+        <v>10</v>
+      </c>
+      <c r="G160" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7">
+      <c r="A161">
         <v>2267</v>
       </c>
-      <c r="B160" t="s">
-[...8 lines deleted...]
-      <c r="E160">
+      <c r="B161" t="s">
+        <v>457</v>
+      </c>
+      <c r="C161" t="s">
+        <v>458</v>
+      </c>
+      <c r="D161" t="s">
+        <v>459</v>
+      </c>
+      <c r="E161">
         <v>6150000</v>
       </c>
-      <c r="F160" t="s">
-[...19 lines deleted...]
-      <c r="E161">
+      <c r="F161" t="s">
+        <v>34</v>
+      </c>
+      <c r="G161" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7">
+      <c r="A162" t="s">
+        <v>328</v>
+      </c>
+      <c r="B162" t="s">
+        <v>460</v>
+      </c>
+      <c r="C162" t="s">
+        <v>461</v>
+      </c>
+      <c r="D162" t="s">
+        <v>462</v>
+      </c>
+      <c r="E162">
         <v>2400000</v>
-      </c>
-[...21 lines deleted...]
-        <v>1971128</v>
       </c>
       <c r="F162" t="s">
         <v>10</v>
       </c>
       <c r="G162" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163">
-        <v>2222</v>
+        <v>2220</v>
       </c>
       <c r="B163" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C163" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D163" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="E163">
-        <v>265722</v>
+        <v>1971128</v>
       </c>
       <c r="F163" t="s">
         <v>10</v>
       </c>
       <c r="G163" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164">
-        <v>2065</v>
+        <v>2222</v>
       </c>
       <c r="B164" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C164" t="s">
+        <v>467</v>
+      </c>
+      <c r="D164" t="s">
         <v>465</v>
       </c>
-      <c r="D164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E164">
-        <v>5250000</v>
+        <v>265722</v>
       </c>
       <c r="F164" t="s">
         <v>10</v>
       </c>
       <c r="G164" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165">
-        <v>1927</v>
+        <v>2065</v>
       </c>
       <c r="B165" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C165" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D165" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E165">
-        <v>500000</v>
+        <v>5250000</v>
       </c>
       <c r="F165" t="s">
         <v>10</v>
       </c>
       <c r="G165" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166">
-        <v>1954</v>
+        <v>1927</v>
       </c>
       <c r="B166" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C166" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D166" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="E166">
-        <v>300000</v>
+        <v>500000</v>
       </c>
       <c r="F166" t="s">
         <v>10</v>
       </c>
       <c r="G166" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167">
-        <v>2046</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>1954</v>
+      </c>
+      <c r="B167" t="s">
+        <v>474</v>
       </c>
       <c r="C167" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D167" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="E167">
-        <v>1350000</v>
+        <v>300000</v>
       </c>
       <c r="F167" t="s">
         <v>10</v>
       </c>
       <c r="G167" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168">
-        <v>2028</v>
-[...2 lines deleted...]
-        <v>474</v>
+        <v>2046</v>
+      </c>
+      <c r="B168">
+        <v>40</v>
       </c>
       <c r="C168" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D168" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="E168">
-        <v>100000</v>
+        <v>1350000</v>
       </c>
       <c r="F168" t="s">
         <v>10</v>
       </c>
       <c r="G168" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="B169" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C169" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D169" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="E169">
-        <v>12000000</v>
+        <v>100000</v>
       </c>
       <c r="F169" t="s">
         <v>10</v>
       </c>
       <c r="G169" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170">
-        <v>2035</v>
+        <v>2025</v>
       </c>
       <c r="B170" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C170" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D170" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="E170">
-        <v>500000</v>
+        <v>12000000</v>
       </c>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171">
-        <v>1928</v>
+        <v>2035</v>
       </c>
       <c r="B171" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C171" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D171" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="E171">
-        <v>150000</v>
+        <v>500000</v>
       </c>
       <c r="F171" t="s">
         <v>10</v>
       </c>
       <c r="G171" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172">
-        <v>1844</v>
+        <v>1928</v>
       </c>
       <c r="B172" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C172" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D172" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="E172">
-        <v>600000</v>
+        <v>150000</v>
       </c>
       <c r="F172" t="s">
         <v>10</v>
       </c>
       <c r="G172" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173">
-        <v>1904</v>
+        <v>1781</v>
       </c>
       <c r="B173" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C173" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D173" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E173">
-        <v>1500000</v>
+        <v>12850000</v>
       </c>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174">
-        <v>1781</v>
+        <v>1844</v>
       </c>
       <c r="B174" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C174" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="D174" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="E174">
-        <v>12850000</v>
+        <v>600000</v>
       </c>
       <c r="F174" t="s">
         <v>10</v>
       </c>
       <c r="G174" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175">
-        <v>1614</v>
+        <v>1904</v>
       </c>
       <c r="B175" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C175" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="D175" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E175">
-        <v>380000</v>
+        <v>1500000</v>
       </c>
       <c r="F175" t="s">
         <v>10</v>
       </c>
       <c r="G175" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176">
-        <v>1564</v>
+        <v>1614</v>
       </c>
       <c r="B176" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C176" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="D176" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="E176">
-        <v>2554380</v>
+        <v>380000</v>
       </c>
       <c r="F176" t="s">
         <v>10</v>
       </c>
       <c r="G176" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177">
-        <v>1456</v>
+        <v>1564</v>
       </c>
       <c r="B177" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="C177" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="D177" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="E177">
-        <v>26000000</v>
+        <v>2554380</v>
       </c>
       <c r="F177" t="s">
         <v>10</v>
       </c>
       <c r="G177" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178">
-        <v>1565</v>
+        <v>1456</v>
       </c>
       <c r="B178" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C178" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D178" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="E178">
-        <v>2559907</v>
+        <v>26000000</v>
       </c>
       <c r="F178" t="s">
         <v>10</v>
       </c>
       <c r="G178" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179">
-        <v>1597</v>
+        <v>1565</v>
       </c>
       <c r="B179" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="C179" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="D179" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="E179">
-        <v>345093</v>
+        <v>2559907</v>
       </c>
       <c r="F179" t="s">
         <v>10</v>
       </c>
       <c r="G179" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180">
-        <v>1552</v>
+        <v>1597</v>
       </c>
       <c r="B180" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="C180" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="D180" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E180">
-        <v>1297320</v>
+        <v>345093</v>
       </c>
       <c r="F180" t="s">
         <v>10</v>
       </c>
       <c r="G180" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181">
-        <v>1314</v>
+        <v>1552</v>
       </c>
       <c r="B181" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C181" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D181" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="E181">
-        <v>100000</v>
+        <v>1297320</v>
       </c>
       <c r="F181" t="s">
         <v>10</v>
       </c>
       <c r="G181" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182">
-        <v>1566</v>
+        <v>1314</v>
       </c>
       <c r="B182" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C182" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="D182" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="E182">
-        <v>574560</v>
+        <v>100000</v>
       </c>
       <c r="F182" t="s">
         <v>10</v>
       </c>
       <c r="G182" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="B183" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C183" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D183" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="E183">
-        <v>858040</v>
+        <v>574560</v>
       </c>
       <c r="F183" t="s">
         <v>10</v>
       </c>
       <c r="G183" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184">
-        <v>1184</v>
+        <v>1562</v>
       </c>
       <c r="B184" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="C184" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="D184" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="E184">
-        <v>11000000</v>
+        <v>858040</v>
       </c>
       <c r="F184" t="s">
         <v>10</v>
       </c>
       <c r="G184" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
-        <v>1326</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1184</v>
+      </c>
+      <c r="B185" t="s">
+        <v>525</v>
       </c>
       <c r="C185" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="D185" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="E185">
-        <v>5000000</v>
+        <v>11000000</v>
       </c>
       <c r="F185" t="s">
         <v>10</v>
       </c>
       <c r="G185" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
-        <v>1335</v>
-[...2 lines deleted...]
-        <v>524</v>
+        <v>1326</v>
+      </c>
+      <c r="B186">
+        <v>18</v>
       </c>
       <c r="C186" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="D186" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="E186">
-        <v>1400000</v>
+        <v>5000000</v>
       </c>
       <c r="F186" t="s">
         <v>10</v>
       </c>
       <c r="G186" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187">
-        <v>1956</v>
+        <v>1335</v>
       </c>
       <c r="B187" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C187" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="D187" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="E187">
-        <v>4400000</v>
+        <v>1400000</v>
       </c>
       <c r="F187" t="s">
         <v>10</v>
       </c>
       <c r="G187" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188">
-        <v>1199</v>
+        <v>1956</v>
       </c>
       <c r="B188" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C188" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="D188" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="E188">
-        <v>500000</v>
+        <v>4400000</v>
       </c>
       <c r="F188" t="s">
         <v>10</v>
       </c>
       <c r="G188" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="B189" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="C189" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="D189" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="E189">
         <v>500000</v>
       </c>
       <c r="F189" t="s">
         <v>10</v>
       </c>
       <c r="G189" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190">
-        <v>1361</v>
+        <v>1201</v>
       </c>
       <c r="B190" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="C190" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="D190" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E190">
-        <v>645578.4</v>
+        <v>500000</v>
       </c>
       <c r="F190" t="s">
         <v>10</v>
       </c>
       <c r="G190" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="B191" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C191" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D191" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="E191">
-        <v>583541.84</v>
+        <v>645578.4</v>
       </c>
       <c r="F191" t="s">
         <v>10</v>
       </c>
       <c r="G191" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192">
-        <v>1177</v>
+        <v>1363</v>
       </c>
       <c r="B192" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="C192" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="D192" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E192">
-        <v>7255000</v>
+        <v>583541.84</v>
       </c>
       <c r="F192" t="s">
         <v>10</v>
       </c>
       <c r="G192" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
-        <v>1085</v>
+        <v>1177</v>
       </c>
       <c r="B193" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C193" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D193" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="E193">
-        <v>52550000</v>
+        <v>7255000</v>
       </c>
       <c r="F193" t="s">
         <v>10</v>
       </c>
       <c r="G193" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
-        <v>1179</v>
+        <v>1085</v>
       </c>
       <c r="B194" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C194" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="D194" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="E194">
-        <v>1500000</v>
+        <v>52550000</v>
       </c>
       <c r="F194" t="s">
         <v>10</v>
       </c>
       <c r="G194" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
-        <v>1134</v>
+        <v>1179</v>
       </c>
       <c r="B195" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C195" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="D195" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E195">
-        <v>3000000</v>
+        <v>1500000</v>
       </c>
       <c r="F195" t="s">
         <v>10</v>
       </c>
       <c r="G195" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
-        <v>1100</v>
+        <v>1134</v>
       </c>
       <c r="B196" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C196" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D196" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="E196">
-        <v>3250000</v>
+        <v>3000000</v>
       </c>
       <c r="F196" t="s">
         <v>10</v>
       </c>
       <c r="G196" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
-        <v>1030</v>
+        <v>1100</v>
       </c>
       <c r="B197" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C197" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="D197" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="E197">
-        <v>187675</v>
+        <v>3250000</v>
       </c>
       <c r="F197" t="s">
         <v>10</v>
       </c>
       <c r="G197" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198">
-        <v>1008</v>
+        <v>1030</v>
       </c>
       <c r="B198" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C198" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="D198" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="E198">
-        <v>3839860</v>
+        <v>187675</v>
       </c>
       <c r="F198" t="s">
         <v>10</v>
       </c>
       <c r="G198" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199">
+        <v>1008</v>
+      </c>
+      <c r="B199" t="s">
+        <v>564</v>
+      </c>
+      <c r="C199" t="s">
+        <v>565</v>
+      </c>
+      <c r="D199" t="s">
+        <v>566</v>
+      </c>
+      <c r="E199">
+        <v>3839860</v>
+      </c>
+      <c r="F199" t="s">
+        <v>10</v>
+      </c>
+      <c r="G199" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7">
+      <c r="A200">
         <v>1009</v>
       </c>
-      <c r="B199" t="s">
-[...8 lines deleted...]
-      <c r="E199">
+      <c r="B200" t="s">
+        <v>567</v>
+      </c>
+      <c r="C200" t="s">
+        <v>568</v>
+      </c>
+      <c r="D200" t="s">
+        <v>566</v>
+      </c>
+      <c r="E200">
         <v>517640</v>
       </c>
-      <c r="F199" t="s">
-[...2 lines deleted...]
-      <c r="G199" t="s">
+      <c r="F200" t="s">
+        <v>10</v>
+      </c>
+      <c r="G200" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>