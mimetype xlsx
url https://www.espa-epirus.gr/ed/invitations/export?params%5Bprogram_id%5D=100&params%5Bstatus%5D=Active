--- v0 (2025-10-27)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>ΑΑ (code)</t>
   </si>
   <si>
     <t>Κωδικός Πρόσκλησης (code_ops)</t>
   </si>
   <si>
     <t>Τίτλος Πρόσκλησης</t>
   </si>
   <si>
     <t>Ημερομηνία Λήξης Υποβολής</t>
   </si>
   <si>
     <t>Πρoϋπολογισμός</t>
   </si>
   <si>
     <t>Κρατική ενίσχυση</t>
   </si>
   <si>
     <t>Δικαιούχοι</t>
   </si>
   <si>
     <t>ΗΠ-002</t>
   </si>
   <si>
@@ -65,117 +65,177 @@
   <si>
     <t>2029-11-30 15:00:00</t>
   </si>
   <si>
     <t>Όχι</t>
   </si>
   <si>
     <t>Φορείς</t>
   </si>
   <si>
     <t>ΗΠ-001</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-001/2023 (Α/Α 666) - Τεχνική Βοήθεια στήριξης δράσεων ΕΤΠΑ</t>
   </si>
   <si>
     <t>2029-11-30 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-053</t>
   </si>
   <si>
     <t>1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ηγουμενίτσας</t>
   </si>
   <si>
-    <t>2026-06-26 10:33:00</t>
+    <t>2026-12-31 10:33:00</t>
+  </si>
+  <si>
+    <t>ΗΠ-070</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-070 (Α/Α 19865) - Επενδύσεις στη διαχείριση λυμάτων οικισμών Γ΄ προτεραιότητας Οδηγίας 91/271/ΕΟΚ για την Περιφέρεια Ηπείρου – 2η πρόσκληση</t>
+  </si>
+  <si>
+    <t>2026-03-31 14:00:00</t>
+  </si>
+  <si>
+    <t>ΠΗΠΕ-05</t>
+  </si>
+  <si>
+    <t>Έκδοση πρόσκλησης ΠΗΠΕ-05 - (Α/Α 21145) - Ήπειρος Καινοτομίας: Δημιουργία και Ενίσχυση Startup &amp; Spin-off επιχειρήσεων</t>
+  </si>
+  <si>
+    <t>2026-03-18 14:00:00</t>
+  </si>
+  <si>
+    <t>ΗΠ-071</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-071 (Α/Α 20325) - Υποδομές επαγγελματικής εκπαίδευσης και δια βίου μάθησης : Εκσυγχρονισμός και αναβάθμιση Σ.Α.Ε.Κ. Ιωαννίνων – Γαλακτοκομική Σχολή – 2η Πρόσκληση</t>
+  </si>
+  <si>
+    <t>2026-02-27 14:00:00</t>
+  </si>
+  <si>
+    <t>ΠΗΠΕ-04</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΠΗΠΕ-04 (Α/Α 19925) - Ήπειρος Κοινωνικής Οικονομίας: Δημιουργία και Ενίσχυση Φορέων Κ.ΑΛ.Ο.</t>
+  </si>
+  <si>
+    <t>2026-03-03 15:00:00</t>
+  </si>
+  <si>
+    <t>Ιδιώτες</t>
+  </si>
+  <si>
+    <t>ΠΗΠΕ-03</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΠΗΠΕ-03 (Α/Α 19885) : Επιχειρώ – Καινοτομώ στην Ήπειρο</t>
+  </si>
+  <si>
+    <t>2026-03-17 14:00:00</t>
+  </si>
+  <si>
+    <t>Ναι</t>
   </si>
   <si>
     <t xml:space="preserve">ΗΠ-064 </t>
   </si>
   <si>
     <t xml:space="preserve"> Πρόσκληση ΗΠ-064 (Α/Α 18165) - 3η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ιωαννιτών</t>
   </si>
   <si>
-    <t>2025-12-31 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΗΠ-066</t>
   </si>
   <si>
     <t xml:space="preserve"> Πρόσκληση ΗΠ-066 (Α/Α 18725) - 2η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Πρέβεζας</t>
   </si>
   <si>
     <t>ΗΠ-067</t>
   </si>
   <si>
     <t xml:space="preserve"> Πρόσκληση ΗΠ-067 (Α/Α 18967) - Έργα πολιτισμού ΣΒΑΑ Δήμου Αρταίων</t>
   </si>
   <si>
-    <t>ΠΗΠΕ-02</t>
-[...8 lines deleted...]
-    <t>Ιδιώτες</t>
+    <t>ΗΠ-069</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-069 (A/A 19766) - 1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ηγουμενίτσας</t>
+  </si>
+  <si>
+    <t>7000000,00</t>
+  </si>
+  <si>
+    <t>ΗΠ-068</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-068 (Α/Α 19765) - Πράξεις αστικής κινητικότητας ΣΒΑΑ Δήμου Ιωαννιτών</t>
+  </si>
+  <si>
+    <t>ΗΠ-061</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ061 (Α/Α 17425) - Κατασκευή - επέκταση κτιριακών υποδομών Α&amp;Β βάθμιας εκπαίδευσης</t>
   </si>
   <si>
     <t>ΗΠ-062</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-062 (Α/Α 17956) - Ενίσχυση ανοιχτών ερευνητικών υποδομών τοπικού χαρακτήρα</t>
   </si>
   <si>
-    <t>2025-11-28 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΗΠ-063</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-063 (Α/Α 18465) - Υποδομές Γ' θμιας Εκπαίδευσης στην  Ήπειρο </t>
   </si>
   <si>
-    <t>ΗΠ-061</t>
-[...7 lines deleted...]
-  <si>
     <t>ΗΠ-059</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-059 (Α/Α 17306) - Έργα διασφάλισης της προσβασιμότητας ΑμΕΑ σε υφιστάμενες κτιριακές δομές πρωτοβάθμιας και δευτεροβάθμιας εκπαίδευσης </t>
   </si>
   <si>
-    <t>2025-10-31 09:42:00</t>
+    <t>ΗΠ-060</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-060 (Α/Α 16985) - Υποδομές Φροντίδας στην Περιφέρεια Ηπείρου</t>
+  </si>
+  <si>
+    <t>2026-03-03 14:00:00</t>
+  </si>
+  <si>
+    <t>ΗΠ-052</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-052 (Α/Α 14745) - 1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Αρταίων</t>
+  </si>
+  <si>
+    <t>2026-03-31 11:26:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -490,61 +550,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G12"/>
+  <dimension ref="A1:G20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.520996" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.08667" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="175.56427" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="207.37793" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.373535" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.412415" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.899902" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.69928" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
@@ -601,225 +661,407 @@
     <row r="4" spans="1:7">
       <c r="A4">
         <v>14746</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4">
         <v>7000000</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
-        <v>18165</v>
+        <v>19865</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
-        <v>8000000</v>
+        <v>5000000</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
-      <c r="G5"/>
+      <c r="G5" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
-        <v>18725</v>
+        <v>21145</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E6">
-        <v>3600000</v>
+        <v>2000000</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
-        <v>18967</v>
+        <v>20325</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E7">
-        <v>2000000</v>
+        <v>500000</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
-        <v>18825</v>
+        <v>19925</v>
       </c>
       <c r="B8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E8">
-        <v>3500000</v>
+        <v>750000</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
-        <v>17965</v>
+        <v>19885</v>
       </c>
       <c r="B9" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9">
+        <v>15000000</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
-        <v>18465</v>
+        <v>18165</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="E10">
-        <v>7000000</v>
+        <v>8000000</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
-      <c r="G10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
-        <v>17425</v>
+        <v>18725</v>
       </c>
       <c r="B11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="E11">
-        <v>6300000</v>
+        <v>3600000</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
+        <v>18967</v>
+      </c>
+      <c r="B12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12">
+        <v>2000000</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13">
+        <v>19766</v>
+      </c>
+      <c r="B13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14">
+        <v>19765</v>
+      </c>
+      <c r="B14" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14">
+        <v>4500000</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15">
+        <v>17425</v>
+      </c>
+      <c r="B15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E15">
+        <v>6300000</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16">
+        <v>17965</v>
+      </c>
+      <c r="B16" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16">
+        <v>4000000</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17">
+        <v>18465</v>
+      </c>
+      <c r="B17" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17">
+        <v>7000000</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18">
         <v>17306</v>
       </c>
-      <c r="B12" t="s">
-[...8 lines deleted...]
-      <c r="E12">
+      <c r="B18" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18">
         <v>1600000</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19">
+        <v>16985</v>
+      </c>
+      <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
+        <v>56</v>
+      </c>
+      <c r="E19">
+        <v>5000000</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20">
+        <v>14745</v>
+      </c>
+      <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20">
+        <v>12500000</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>