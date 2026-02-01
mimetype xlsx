--- v0 (2025-12-02)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="570">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="569">
   <si>
     <t>ΑΑ (code)</t>
   </si>
   <si>
     <t>Κωδικός Πρόσκλησης (code_ops)</t>
   </si>
   <si>
     <t>Τίτλος Πρόσκλησης</t>
   </si>
   <si>
     <t>Ημερομηνία Λήξης Υποβολής</t>
   </si>
   <si>
     <t>Πρoϋπολογισμός</t>
   </si>
   <si>
     <t>Κρατική ενίσχυση</t>
   </si>
   <si>
     <t>Δικαιούχοι</t>
   </si>
   <si>
     <t>ΗΠ-002</t>
   </si>
   <si>
@@ -77,222 +77,219 @@
   <si>
     <t>Πρόσκληση ΗΠ-001/2023 (Α/Α 666) - Τεχνική Βοήθεια στήριξης δράσεων ΕΤΠΑ</t>
   </si>
   <si>
     <t>2029-11-30 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-053</t>
   </si>
   <si>
     <t>1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ηγουμενίτσας</t>
   </si>
   <si>
     <t>2026-12-31 10:33:00</t>
   </si>
   <si>
     <t>ΗΠ-070</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-070 (Α/Α 19865) - Επενδύσεις στη διαχείριση λυμάτων οικισμών Γ΄ προτεραιότητας Οδηγίας 91/271/ΕΟΚ για την Περιφέρεια Ηπείρου – 2η πρόσκληση</t>
   </si>
   <si>
     <t>2026-03-31 14:00:00</t>
   </si>
   <si>
+    <t>ΠΗΠΕ-05</t>
+  </si>
+  <si>
+    <t>Έκδοση πρόσκλησης ΠΗΠΕ-05 - (Α/Α 21145) - Ήπειρος Καινοτομίας: Δημιουργία και Ενίσχυση Startup &amp; Spin-off επιχειρήσεων</t>
+  </si>
+  <si>
+    <t>2026-03-18 14:00:00</t>
+  </si>
+  <si>
     <t>ΗΠ-071</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-071 (Α/Α 20325) - Υποδομές επαγγελματικής εκπαίδευσης και δια βίου μάθησης : Εκσυγχρονισμός και αναβάθμιση Σ.Α.Ε.Κ. Ιωαννίνων – Γαλακτοκομική Σχολή – 2η Πρόσκληση</t>
   </si>
   <si>
     <t>2026-02-27 14:00:00</t>
   </si>
   <si>
     <t>ΠΗΠΕ-04</t>
   </si>
   <si>
     <t>Πρόσκληση ΠΗΠΕ-04 (Α/Α 19925) - Ήπειρος Κοινωνικής Οικονομίας: Δημιουργία και Ενίσχυση Φορέων Κ.ΑΛ.Ο.</t>
   </si>
   <si>
-    <t>2026-02-03 14:00:00</t>
+    <t>2026-03-03 15:00:00</t>
   </si>
   <si>
     <t>Ιδιώτες</t>
   </si>
   <si>
     <t>ΠΗΠΕ-03</t>
   </si>
   <si>
     <t>Πρόσκληση ΠΗΠΕ-03 (Α/Α 19885) : Επιχειρώ – Καινοτομώ στην Ήπειρο</t>
   </si>
   <si>
-    <t>2026-01-27 14:00:00</t>
+    <t>2026-03-17 14:00:00</t>
   </si>
   <si>
     <t>Ναι</t>
   </si>
   <si>
     <t xml:space="preserve">ΗΠ-064 </t>
   </si>
   <si>
     <t xml:space="preserve"> Πρόσκληση ΗΠ-064 (Α/Α 18165) - 3η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ιωαννιτών</t>
   </si>
   <si>
-    <t>2025-12-31 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΗΠ-066</t>
   </si>
   <si>
     <t xml:space="preserve"> Πρόσκληση ΗΠ-066 (Α/Α 18725) - 2η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Πρέβεζας</t>
   </si>
   <si>
     <t>ΗΠ-067</t>
   </si>
   <si>
     <t xml:space="preserve"> Πρόσκληση ΗΠ-067 (Α/Α 18967) - Έργα πολιτισμού ΣΒΑΑ Δήμου Αρταίων</t>
   </si>
   <si>
     <t>ΗΠ-069</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-069 (A/A 19766) - 1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ηγουμενίτσας</t>
   </si>
   <si>
     <t>7000000,00</t>
   </si>
   <si>
     <t>ΗΠ-068</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-068 (Α/Α 19765) - Πράξεις αστικής κινητικότητας ΣΒΑΑ Δήμου Ιωαννιτών</t>
   </si>
   <si>
     <t>ΠΗΠΕ-02</t>
   </si>
   <si>
     <t>Πρόσκληση ΠΗΠΕ-02 (Α/Α 18825) : Απασχολώ στην Ήπειρο</t>
   </si>
   <si>
     <t>2025-12-15 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-061</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ061 (Α/Α 17425) - Κατασκευή - επέκταση κτιριακών υποδομών Α&amp;Β βάθμιας εκπαίδευσης</t>
   </si>
   <si>
     <t>ΗΠ-062</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-062 (Α/Α 17956) - Ενίσχυση ανοιχτών ερευνητικών υποδομών τοπικού χαρακτήρα</t>
   </si>
   <si>
-    <t>2026-01-30 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΗΠ-063</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-063 (Α/Α 18465) - Υποδομές Γ' θμιας Εκπαίδευσης στην  Ήπειρο </t>
   </si>
   <si>
-    <t>2025-12-30 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΗΠ-059</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-059 (Α/Α 17306) - Έργα διασφάλισης της προσβασιμότητας ΑμΕΑ σε υφιστάμενες κτιριακές δομές πρωτοβάθμιας και δευτεροβάθμιας εκπαίδευσης </t>
   </si>
   <si>
-    <t>2025-10-31 09:42:00</t>
-[...1 lines deleted...]
-  <si>
     <t>ΠΗΠΡ-01</t>
   </si>
   <si>
     <t>Πρόσκληση ΠΗΠΡ-01 (Α/Α 17865) : Ερευνώ στην Ήπειρο</t>
   </si>
   <si>
     <t>2025-10-30 15:00:00</t>
   </si>
   <si>
     <t>ΗΠ-058</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-058 (Α/Α 15265) - Υποδομές και εξοπλισμοί στον τομέα της Υγείας </t>
   </si>
   <si>
     <t>2026-01-30 13:28:00</t>
   </si>
   <si>
     <t>ΗΠ-060</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-060 (Α/Α 16985) - Υποδομές Φροντίδας στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
-    <t>2026-01-28 14:00:00</t>
+    <t>2026-03-03 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-065</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-065 (Α/Α 18405) - Προσχολική εκπαίδευση &amp; ΚΔΑΠ κύκλος 2025-2026 στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t>2025-09-11 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-054</t>
   </si>
   <si>
     <t>Λειτουργία νέων Τοπικών Ομάδων Υγείας (TOMY), στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t>2025-07-15 12:58:00</t>
   </si>
   <si>
     <t>ΗΠ-056</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-056 (Α/Α 14885) - Περιήγηση με τη χρήση επαυξημένης εικονικής πραγματικότητας στις εκθέσεις των αρχαιολογικών μουσείων</t>
   </si>
   <si>
     <t>2025-06-27 11:54:00</t>
   </si>
   <si>
     <t>ΗΠ-052</t>
   </si>
   <si>
-    <t>1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Αρταίων</t>
-[...2 lines deleted...]
-    <t>2025-12-31 11:26:00</t>
+    <t>Πρόσκληση ΗΠ-052 (Α/Α 14745) - 1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Αρταίων</t>
+  </si>
+  <si>
+    <t>2026-03-31 11:26:00</t>
   </si>
   <si>
     <t>ΗΠ-048</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-048 (Α/Α 13116) - Διατήρηση και αποκατάσταση πολιτιστικού αποθέματος και αξιοποίηση, ανάδειξη πολιτιστικών υποδομών σε περιοχές της ΟΧΕ Περιφέρειας Ηπείρου</t>
   </si>
   <si>
     <t>2025-12-29 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-049</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-049 (Α/Α 13234) - Ενίσχυση νέων υπηρεσιών ψυχικής υγείας στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t>2025-10-31 13:55:00</t>
   </si>
   <si>
     <t>ΗΠ-044</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-044 (Α/Α 11095) - Κινητά περιουσιακά στοιχεία στον τομέα της υγείας (ΚΟΜΥ/ Ασθενοφόρα Μονάδων Υγείας)</t>
   </si>
@@ -2080,51 +2077,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G199"/>
+  <dimension ref="A1:G200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.520996" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.08667" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="361.864014" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.373535" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.412415" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.899902" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.69928" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -2214,4489 +2211,4510 @@
     <row r="5" spans="1:7">
       <c r="A5">
         <v>19865</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
         <v>5000000</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
-        <v>20325</v>
+        <v>21145</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6">
-        <v>500000</v>
+        <v>2000000</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
-        <v>19925</v>
+        <v>20325</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7">
-        <v>750000</v>
+        <v>500000</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
-        <v>19885</v>
+        <v>19925</v>
       </c>
       <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
         <v>28</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>29</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8">
+        <v>750000</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
-        <v>18165</v>
+        <v>19885</v>
       </c>
       <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
         <v>32</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>33</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9">
+        <v>15000000</v>
+      </c>
+      <c r="F9" t="s">
         <v>34</v>
       </c>
-      <c r="E9">
-[...5 lines deleted...]
-      <c r="G9"/>
+      <c r="G9" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
-        <v>18725</v>
+        <v>18165</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="E10">
-        <v>3600000</v>
+        <v>8000000</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
-        <v>18967</v>
+        <v>18725</v>
       </c>
       <c r="B11" t="s">
         <v>37</v>
       </c>
       <c r="C11" t="s">
         <v>38</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="E11">
-        <v>2000000</v>
+        <v>3600000</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
-        <v>19766</v>
+        <v>18967</v>
       </c>
       <c r="B12" t="s">
         <v>39</v>
       </c>
       <c r="C12" t="s">
         <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>20</v>
+      </c>
+      <c r="E12">
+        <v>2000000</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
-        <v>19765</v>
+        <v>19766</v>
       </c>
       <c r="B13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" t="s">
         <v>42</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>4500000</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
-        <v>18825</v>
+        <v>19765</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="E14">
-        <v>3500000</v>
+        <v>4500000</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
-        <v>17425</v>
+        <v>18825</v>
       </c>
       <c r="B15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" t="s">
         <v>47</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>48</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15">
-        <v>6300000</v>
+        <v>3500000</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
-        <v>17965</v>
+        <v>17425</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" t="s">
         <v>50</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="E16">
-        <v>4000000</v>
+        <v>6300000</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
-        <v>18465</v>
+        <v>17965</v>
       </c>
       <c r="B17" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" t="s">
         <v>52</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="E17">
-        <v>7000000</v>
+        <v>4000000</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
-        <v>17306</v>
+        <v>18465</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D18" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="E18">
-        <v>1600000</v>
+        <v>7000000</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
-        <v>17865</v>
+        <v>17306</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="E19">
-        <v>15000000</v>
+        <v>1600000</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
-        <v>15265</v>
+        <v>17865</v>
       </c>
       <c r="B20" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E20">
-        <v>12030000</v>
+        <v>15000000</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
-        <v>16985</v>
+        <v>15265</v>
       </c>
       <c r="B21" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="E21">
-        <v>5000000</v>
+        <v>12030000</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
-        <v>18405</v>
+        <v>16985</v>
       </c>
       <c r="B22" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="E22">
-        <v>2128764</v>
+        <v>5000000</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
-        <v>7714</v>
+        <v>18405</v>
       </c>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E23">
-        <v>2700000</v>
+        <v>2128764</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
-        <v>14885</v>
+        <v>7714</v>
       </c>
       <c r="B24" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="E24">
-        <v>1000000</v>
+        <v>2700000</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
-        <v>14745</v>
+        <v>14885</v>
       </c>
       <c r="B25" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E25">
-        <v>12500000</v>
+        <v>1000000</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
-        <v>13116</v>
+        <v>14745</v>
       </c>
       <c r="B26" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E26">
-        <v>11500000</v>
+        <v>12500000</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>13116</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" t="s">
         <v>79</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E27">
         <v>11500000</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
-        <v>13234</v>
+        <v>13116</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C28" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D28" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E28">
-        <v>4300000</v>
+        <v>11500000</v>
       </c>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
-        <v>11095</v>
+        <v>13234</v>
       </c>
       <c r="B29" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C29" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E29">
-        <v>3740000</v>
+        <v>4300000</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
-        <v>14198</v>
+        <v>11095</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="E30">
-        <v>2500000</v>
+        <v>3740000</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
-        <v>13034</v>
+        <v>14198</v>
       </c>
       <c r="B31" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D31" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="E31">
-        <v>1000000</v>
+        <v>2500000</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
-        <v>13297</v>
+        <v>13034</v>
       </c>
       <c r="B32" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C32" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E32">
-        <v>500000</v>
+        <v>1000000</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
-        <v>12954</v>
+        <v>13297</v>
       </c>
       <c r="B33" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C33" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E33">
-        <v>1000000</v>
+        <v>500000</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
-        <v>12914</v>
+        <v>12954</v>
       </c>
       <c r="B34" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E34">
-        <v>8248000</v>
+        <v>1000000</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
-        <v>12018</v>
+        <v>12914</v>
       </c>
       <c r="B35" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C35" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D35" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E35">
-        <v>5000000</v>
+        <v>8248000</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
-        <v>8893</v>
+        <v>12018</v>
       </c>
       <c r="B36" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D36" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="E36">
-        <v>1000000</v>
+        <v>5000000</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
-        <v>7473</v>
+        <v>8893</v>
       </c>
       <c r="B37" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D37" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E37">
-        <v>2500000</v>
+        <v>1000000</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
-        <v>7233</v>
+        <v>7473</v>
       </c>
       <c r="B38" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C38" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D38" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E38">
-        <v>5000000</v>
+        <v>2500000</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
-        <v>7353</v>
+        <v>7233</v>
       </c>
       <c r="B39" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C39" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D39" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E39">
-        <v>2000000</v>
+        <v>5000000</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
-        <v>8653</v>
+        <v>7353</v>
       </c>
       <c r="B40" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="C40" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D40" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E40">
-        <v>4000000</v>
+        <v>2000000</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
-        <v>7553</v>
+        <v>8653</v>
       </c>
       <c r="B41" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C41" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D41" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E41">
         <v>4000000</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
-        <v>7056</v>
+        <v>7553</v>
       </c>
       <c r="B42" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C42" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D42" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="E42">
-        <v>2000000</v>
+        <v>4000000</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
-        <v>4491</v>
+        <v>7056</v>
       </c>
       <c r="B43" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C43" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D43" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E43">
-        <v>500000</v>
+        <v>2000000</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
-        <v>7419</v>
+        <v>4491</v>
       </c>
       <c r="B44" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C44" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="E44">
-        <v>1000000</v>
+        <v>500000</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
-        <v>7439</v>
+        <v>7419</v>
       </c>
       <c r="B45" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D45" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="E45">
-        <v>600000</v>
+        <v>1000000</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
-        <v>7373</v>
+        <v>7439</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C46" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D46" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="E46">
-        <v>1000000</v>
+        <v>600000</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
-        <v>7334</v>
+        <v>7373</v>
       </c>
       <c r="B47" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E47">
-        <v>500000</v>
+        <v>1000000</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
-        <v>7055</v>
+        <v>7334</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C48" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D48" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E48">
-        <v>8000000</v>
+        <v>500000</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
-        <v>6652</v>
+        <v>7055</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C49" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D49" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="E49">
-        <v>7537311</v>
+        <v>8000000</v>
       </c>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
-        <v>4871</v>
+        <v>6652</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C50" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D50" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E50">
-        <v>500000</v>
+        <v>7537311</v>
       </c>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
-        <v>6071</v>
+        <v>4871</v>
       </c>
       <c r="B51" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C51" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E51">
-        <v>1840000</v>
+        <v>500000</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
-        <v>6079</v>
+        <v>6071</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C52" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D52" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="E52">
-        <v>2700000</v>
+        <v>1840000</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
-      <c r="G52"/>
+      <c r="G52" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
-        <v>6291</v>
+        <v>6079</v>
       </c>
       <c r="B53" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C53" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D53" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="E53">
-        <v>5000000</v>
+        <v>2700000</v>
       </c>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
-        <v>4392</v>
+        <v>6291</v>
       </c>
       <c r="B54" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C54" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D54" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="E54">
-        <v>1000000</v>
+        <v>5000000</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
-      <c r="G54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
-        <v>1461</v>
+        <v>4392</v>
       </c>
       <c r="B55" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C55" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="E55">
-        <v>786274</v>
+        <v>1000000</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
-        <v>6191</v>
+        <v>1461</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C56" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D56" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="E56">
-        <v>2550000</v>
+        <v>786274</v>
       </c>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
-        <v>3486</v>
+        <v>6191</v>
       </c>
       <c r="B57" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C57" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D57" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E57">
-        <v>1350000</v>
+        <v>2550000</v>
       </c>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
-        <v>5932</v>
+        <v>3486</v>
       </c>
       <c r="B58" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C58" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D58" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="E58"/>
+        <v>167</v>
+      </c>
+      <c r="E58">
+        <v>1350000</v>
+      </c>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
-        <v>6012</v>
+        <v>5932</v>
       </c>
       <c r="B59" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C59" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D59" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
-        <v>5692</v>
+        <v>6012</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C60" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D60" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E60">
-        <v>2700000</v>
+        <v>3960000</v>
       </c>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
-        <v>1107</v>
+        <v>5692</v>
       </c>
       <c r="B61" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C61" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D61" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="E61">
-        <v>5210908</v>
+        <v>2700000</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
-        <v>3406</v>
+        <v>1107</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C62" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D62" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="E62">
-        <v>1000000</v>
+        <v>5210908</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
-        <v>3470</v>
+        <v>3406</v>
       </c>
       <c r="B63" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C63" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E63">
-        <v>250000</v>
+        <v>1000000</v>
       </c>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
-        <v>2666</v>
+        <v>3470</v>
       </c>
       <c r="B64" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C64" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E64">
-        <v>3480000</v>
+        <v>250000</v>
       </c>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
-        <v>2668</v>
+        <v>2666</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C65" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D65" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="E65">
-        <v>1000000</v>
+        <v>3480000</v>
       </c>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
-        <v>2527</v>
+        <v>2668</v>
       </c>
       <c r="B66" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C66" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D66" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E66">
-        <v>300000</v>
+        <v>1000000</v>
       </c>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
+        <v>2527</v>
+      </c>
+      <c r="B67" t="s">
+        <v>191</v>
+      </c>
+      <c r="C67" t="s">
+        <v>192</v>
+      </c>
+      <c r="D67" t="s">
+        <v>190</v>
+      </c>
+      <c r="E67">
+        <v>300000</v>
+      </c>
+      <c r="F67" t="s">
+        <v>10</v>
+      </c>
+      <c r="G67" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68">
         <v>2716</v>
       </c>
-      <c r="B67" t="s">
+      <c r="B68" t="s">
+        <v>193</v>
+      </c>
+      <c r="C68" t="s">
         <v>194</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D68" t="s">
+        <v>187</v>
+      </c>
+      <c r="E68">
+        <v>4500000</v>
+      </c>
+      <c r="F68" t="s">
+        <v>10</v>
+      </c>
+      <c r="G68" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" t="s">
         <v>195</v>
       </c>
-      <c r="D67" t="s">
-[...13 lines deleted...]
-      <c r="A68" t="s">
+      <c r="B69" t="s">
         <v>196</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C69" t="s">
         <v>197</v>
       </c>
-      <c r="C68" t="s">
-[...5 lines deleted...]
-      <c r="E68">
+      <c r="D69" t="s">
+        <v>187</v>
+      </c>
+      <c r="E69">
         <v>5200000</v>
-      </c>
-[...21 lines deleted...]
-        <v>4000000</v>
       </c>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
-        <v>1047</v>
+        <v>2126</v>
       </c>
       <c r="B70" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C70" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D70" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E70">
-        <v>9500000</v>
+        <v>4000000</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
-        <v>1186</v>
+        <v>1047</v>
       </c>
       <c r="B71" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C71" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D71" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E71">
-        <v>3500000</v>
+        <v>9500000</v>
       </c>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
-        <v>989</v>
+        <v>1186</v>
       </c>
       <c r="B72" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C72" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D72" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="E72">
-        <v>10000000</v>
+        <v>3500000</v>
       </c>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
-        <v>2412</v>
+        <v>989</v>
       </c>
       <c r="B73" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C73" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D73" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="E73">
-        <v>5000000</v>
+        <v>10000000</v>
       </c>
       <c r="F73" t="s">
         <v>10</v>
       </c>
       <c r="G73" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
-        <v>2586</v>
+        <v>2412</v>
       </c>
       <c r="B74" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C74" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D74" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="E74">
-        <v>17660000</v>
+        <v>5000000</v>
       </c>
       <c r="F74" t="s">
         <v>10</v>
       </c>
-      <c r="G74"/>
+      <c r="G74" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
-        <v>746</v>
+        <v>2586</v>
       </c>
       <c r="B75" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C75" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D75" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="E75">
-        <v>250000</v>
+        <v>17660000</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
-      <c r="G75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
-        <v>766</v>
+        <v>746</v>
       </c>
       <c r="B76" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C76" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D76" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="E76">
-        <v>2500000</v>
+        <v>250000</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
-        <v>6843</v>
+        <v>766</v>
       </c>
       <c r="B77" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C77" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D77" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E77">
-        <v>200000</v>
+        <v>2500000</v>
       </c>
       <c r="F77" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G77" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
-        <v>932</v>
+        <v>6843</v>
       </c>
       <c r="B78" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C78" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D78" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="E78">
-        <v>5000000</v>
+        <v>200000</v>
       </c>
       <c r="F78" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G78" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
+        <v>932</v>
+      </c>
+      <c r="B79" t="s">
+        <v>223</v>
+      </c>
+      <c r="C79" t="s">
+        <v>224</v>
+      </c>
+      <c r="D79" t="s">
+        <v>225</v>
+      </c>
+      <c r="E79">
+        <v>5000000</v>
+      </c>
+      <c r="F79" t="s">
+        <v>10</v>
+      </c>
+      <c r="G79" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7">
+      <c r="A80">
         <v>726</v>
       </c>
-      <c r="B79" t="s">
+      <c r="B80" t="s">
+        <v>226</v>
+      </c>
+      <c r="C80" t="s">
         <v>227</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D80" t="s">
         <v>228</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E80">
+        <v>10000000</v>
+      </c>
+      <c r="F80" t="s">
+        <v>10</v>
+      </c>
+      <c r="G80" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81"/>
+      <c r="B81"/>
+      <c r="C81" t="s">
         <v>229</v>
       </c>
-      <c r="E79">
-[...12 lines deleted...]
-      <c r="C80" t="s">
+      <c r="D81" t="s">
         <v>230</v>
       </c>
-      <c r="D80" t="s">
-[...2 lines deleted...]
-      <c r="E80">
+      <c r="E81">
         <v>45138334</v>
       </c>
-      <c r="F80" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="F81" t="s">
         <v>10</v>
       </c>
-      <c r="G81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
-        <v>4951</v>
+        <v>5058</v>
       </c>
       <c r="B82" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C82" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D82" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="E82">
-        <v>222320</v>
+        <v>25000</v>
       </c>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
-        <v>5002</v>
+        <v>4951</v>
       </c>
       <c r="B83" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C83" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D83" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="E83">
-        <v>500000</v>
+        <v>222320</v>
       </c>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="G83" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
-        <v>5007</v>
+        <v>5002</v>
       </c>
       <c r="B84" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C84" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D84" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="E84">
-        <v>100000</v>
+        <v>500000</v>
       </c>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="G84" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
-        <v>4612</v>
+        <v>5007</v>
       </c>
       <c r="B85" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C85" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D85" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="E85">
-        <v>1000000</v>
+        <v>100000</v>
       </c>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
-        <v>4836</v>
+        <v>4612</v>
       </c>
       <c r="B86" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C86" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D86" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="E86">
-        <v>850000</v>
+        <v>1000000</v>
       </c>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
-        <v>4522</v>
+        <v>4836</v>
       </c>
       <c r="B87" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C87" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D87" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="E87">
-        <v>13000000</v>
+        <v>850000</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
-        <v>4229</v>
+        <v>4522</v>
       </c>
       <c r="B88" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C88" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D88" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="E88">
-        <v>25000000</v>
+        <v>13000000</v>
       </c>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="G88" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
-        <v>4172</v>
+        <v>4229</v>
       </c>
       <c r="B89" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C89" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D89" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E89">
-        <v>1000000</v>
+        <v>25000000</v>
       </c>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="G89" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
-        <v>4525</v>
+        <v>4172</v>
       </c>
       <c r="B90" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C90" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D90" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="E90">
-        <v>85000</v>
+        <v>1000000</v>
       </c>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
-        <v>4406</v>
+        <v>4525</v>
       </c>
       <c r="B91" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C91" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D91" t="s">
-        <v>244</v>
+        <v>258</v>
       </c>
       <c r="E91">
-        <v>2906578</v>
+        <v>85000</v>
       </c>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
-        <v>4369</v>
+        <v>4406</v>
       </c>
       <c r="B92" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C92" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D92" t="s">
-        <v>264</v>
+        <v>243</v>
       </c>
       <c r="E92">
-        <v>3250000</v>
+        <v>2906578</v>
       </c>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
-        <v>4488</v>
+        <v>4369</v>
       </c>
       <c r="B93" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C93" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D93" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E93">
-        <v>400000</v>
+        <v>3250000</v>
       </c>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
-        <v>4448</v>
+        <v>4488</v>
       </c>
       <c r="B94" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C94" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D94" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="E94">
-        <v>230000</v>
+        <v>400000</v>
       </c>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="G94" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
-        <v>4461</v>
+        <v>4448</v>
       </c>
       <c r="B95" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C95" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D95" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E95">
-        <v>110000</v>
+        <v>230000</v>
       </c>
       <c r="F95" t="s">
         <v>10</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
-        <v>4613</v>
+        <v>4461</v>
       </c>
       <c r="B96" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C96" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D96" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="E96">
-        <v>30000000</v>
+        <v>110000</v>
       </c>
       <c r="F96" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G96" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
-        <v>4412</v>
+        <v>4613</v>
       </c>
       <c r="B97" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C97" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D97" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="E97">
-        <v>500000</v>
+        <v>30000000</v>
       </c>
       <c r="F97" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G97" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
-        <v>4063</v>
+        <v>4412</v>
       </c>
       <c r="B98" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C98" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D98" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="E98">
-        <v>2500000</v>
+        <v>500000</v>
       </c>
       <c r="F98" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G98" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
-        <v>4405</v>
+        <v>4063</v>
       </c>
       <c r="B99" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C99" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D99" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="E99">
-        <v>4224940</v>
+        <v>2500000</v>
       </c>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="G99" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
-        <v>4364</v>
+        <v>4405</v>
       </c>
       <c r="B100" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C100" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D100" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="E100">
-        <v>4900000</v>
+        <v>4224940</v>
       </c>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
-        <v>4478</v>
+        <v>4364</v>
       </c>
       <c r="B101" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C101" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="D101" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="E101">
-        <v>170000</v>
+        <v>4900000</v>
       </c>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
-        <v>4127</v>
+        <v>4478</v>
       </c>
       <c r="B102" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C102" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D102" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="E102">
-        <v>1300000</v>
+        <v>170000</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
-        <v>3868</v>
+        <v>4127</v>
       </c>
       <c r="B103" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C103" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D103" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="E103">
-        <v>2000000</v>
+        <v>1300000</v>
       </c>
       <c r="F103" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G103" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
-        <v>3301</v>
+        <v>3868</v>
       </c>
       <c r="B104" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="C104" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="D104" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="E104">
-        <v>150000</v>
+        <v>2000000</v>
       </c>
       <c r="F104" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G104" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
-        <v>3338</v>
+        <v>3301</v>
       </c>
       <c r="B105" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="C105" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D105" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="E105">
-        <v>2500000</v>
+        <v>150000</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
-        <v>3851</v>
+        <v>3338</v>
       </c>
       <c r="B106" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C106" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="D106" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E106">
         <v>2500000</v>
       </c>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
-        <v>3953</v>
+        <v>3851</v>
       </c>
       <c r="B107" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C107" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D107" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="E107">
-        <v>15000000</v>
+        <v>2500000</v>
       </c>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
-        <v>3910</v>
+        <v>3953</v>
       </c>
       <c r="B108" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C108" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="D108" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="E108">
-        <v>150000</v>
+        <v>15000000</v>
       </c>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
-        <v>0</v>
+        <v>3910</v>
       </c>
       <c r="B109" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C109" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="D109" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="E109">
-        <v>2870000</v>
+        <v>150000</v>
       </c>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="G109" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
-        <v>3840</v>
+        <v>0</v>
       </c>
       <c r="B110" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C110" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D110" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="E110">
-        <v>4595439</v>
+        <v>2870000</v>
       </c>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="G110" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
-        <v>3721</v>
+        <v>3840</v>
       </c>
       <c r="B111" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C111" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D111" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="E111">
-        <v>12217735</v>
+        <v>4595439</v>
       </c>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="G111" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
-        <v>3756</v>
+        <v>3721</v>
       </c>
       <c r="B112" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="C112" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="D112" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="E112">
-        <v>2500000</v>
+        <v>12217735</v>
       </c>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
-        <v>3609</v>
+        <v>3756</v>
       </c>
       <c r="B113" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C113" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D113" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="E113">
-        <v>1400000</v>
+        <v>2500000</v>
       </c>
       <c r="F113" t="s">
         <v>10</v>
       </c>
       <c r="G113" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
+        <v>3609</v>
+      </c>
+      <c r="B114" t="s">
+        <v>322</v>
+      </c>
+      <c r="C114" t="s">
+        <v>323</v>
+      </c>
+      <c r="D114" t="s">
+        <v>324</v>
+      </c>
+      <c r="E114">
+        <v>1400000</v>
+      </c>
+      <c r="F114" t="s">
+        <v>10</v>
+      </c>
+      <c r="G114" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7">
+      <c r="A115">
         <v>3811</v>
       </c>
-      <c r="B114" t="s">
+      <c r="B115" t="s">
+        <v>325</v>
+      </c>
+      <c r="C115" t="s">
         <v>326</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D115" t="s">
         <v>327</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E115">
+        <v>2000000</v>
+      </c>
+      <c r="F115" t="s">
+        <v>34</v>
+      </c>
+      <c r="G115" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" t="s">
         <v>328</v>
       </c>
-      <c r="E114">
-[...10 lines deleted...]
-      <c r="A115" t="s">
+      <c r="B116" t="s">
         <v>329</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C116" t="s">
         <v>330</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D116" t="s">
         <v>331</v>
       </c>
-      <c r="D115" t="s">
-[...2 lines deleted...]
-      <c r="E115">
+      <c r="E116">
         <v>2870000</v>
       </c>
-      <c r="F115" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F116" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G116" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
-        <v>3748</v>
+        <v>3741</v>
       </c>
       <c r="B117" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C117" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D117" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="E117">
-        <v>612939</v>
+        <v>2300000</v>
       </c>
       <c r="F117" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G117" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
+        <v>3748</v>
+      </c>
+      <c r="B118" t="s">
+        <v>335</v>
+      </c>
+      <c r="C118" t="s">
+        <v>336</v>
+      </c>
+      <c r="D118" t="s">
+        <v>337</v>
+      </c>
+      <c r="E118">
+        <v>612939</v>
+      </c>
+      <c r="F118" t="s">
+        <v>10</v>
+      </c>
+      <c r="G118" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7">
+      <c r="A119">
         <v>3749</v>
       </c>
-      <c r="B118" t="s">
+      <c r="B119" t="s">
+        <v>338</v>
+      </c>
+      <c r="C119" t="s">
         <v>339</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D119" t="s">
+        <v>337</v>
+      </c>
+      <c r="E119">
+        <v>338864</v>
+      </c>
+      <c r="F119" t="s">
+        <v>10</v>
+      </c>
+      <c r="G119" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7">
+      <c r="A120" t="s">
+        <v>328</v>
+      </c>
+      <c r="B120" t="s">
         <v>340</v>
       </c>
-      <c r="D118" t="s">
-[...16 lines deleted...]
-      <c r="B119" t="s">
+      <c r="C120" t="s">
         <v>341</v>
       </c>
-      <c r="C119" t="s">
-[...5 lines deleted...]
-      <c r="E119">
+      <c r="D120" t="s">
+        <v>312</v>
+      </c>
+      <c r="E120">
         <v>3253000</v>
       </c>
-      <c r="F119" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
-        <v>3023</v>
+        <v>3611</v>
       </c>
       <c r="B121" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="C121" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="D121" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="E121">
-        <v>2668850</v>
+        <v>4000000</v>
       </c>
       <c r="F121" t="s">
         <v>10</v>
       </c>
       <c r="G121" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
-        <v>3550</v>
+        <v>3023</v>
       </c>
       <c r="B122" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C122" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="D122" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="E122">
-        <v>3000000</v>
+        <v>2668850</v>
       </c>
       <c r="F122" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G122" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
-        <v>3194</v>
+        <v>3550</v>
       </c>
       <c r="B123" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C123" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="D123" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="E123">
-        <v>5500000</v>
+        <v>3000000</v>
       </c>
       <c r="F123" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G123" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
-        <v>3403</v>
+        <v>3194</v>
       </c>
       <c r="B124" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C124" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D124" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="E124">
-        <v>5000000</v>
+        <v>5500000</v>
       </c>
       <c r="F124" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G124" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
-        <v>3369</v>
+        <v>3403</v>
       </c>
       <c r="B125" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C125" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D125" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="E125">
-        <v>2000000</v>
+        <v>5000000</v>
       </c>
       <c r="F125" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G125" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
-        <v>3337</v>
+        <v>3369</v>
       </c>
       <c r="B126" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C126" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D126" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="E126">
-        <v>4500000</v>
+        <v>2000000</v>
       </c>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="G126" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
-        <v>3287</v>
+        <v>3337</v>
       </c>
       <c r="B127" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C127" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D127" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="E127">
-        <v>2924863</v>
+        <v>4500000</v>
       </c>
       <c r="F127" t="s">
         <v>10</v>
       </c>
       <c r="G127" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
-        <v>3339</v>
+        <v>3287</v>
       </c>
       <c r="B128" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C128" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="D128" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="E128">
-        <v>15000000</v>
+        <v>2924863</v>
       </c>
       <c r="F128" t="s">
         <v>10</v>
       </c>
       <c r="G128" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
+        <v>3339</v>
+      </c>
+      <c r="B129" t="s">
+        <v>366</v>
+      </c>
+      <c r="C129" t="s">
+        <v>367</v>
+      </c>
+      <c r="D129" t="s">
+        <v>368</v>
+      </c>
+      <c r="E129">
+        <v>15000000</v>
+      </c>
+      <c r="F129" t="s">
+        <v>10</v>
+      </c>
+      <c r="G129" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7">
+      <c r="A130">
         <v>3424</v>
       </c>
-      <c r="B129" t="s">
+      <c r="B130" t="s">
+        <v>369</v>
+      </c>
+      <c r="C130" t="s">
         <v>370</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D130" t="s">
+        <v>365</v>
+      </c>
+      <c r="E130">
+        <v>5606895</v>
+      </c>
+      <c r="F130" t="s">
+        <v>10</v>
+      </c>
+      <c r="G130" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7">
+      <c r="A131" t="s">
+        <v>328</v>
+      </c>
+      <c r="B131" t="s">
         <v>371</v>
       </c>
-      <c r="D129" t="s">
-[...16 lines deleted...]
-      <c r="B130" t="s">
+      <c r="C131" t="s">
         <v>372</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D131" t="s">
         <v>373</v>
       </c>
-      <c r="D130" t="s">
-[...2 lines deleted...]
-      <c r="E130">
+      <c r="E131">
         <v>4610000</v>
-      </c>
-[...21 lines deleted...]
-        <v>2515200</v>
       </c>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
-        <v>3422</v>
+        <v>2979</v>
       </c>
       <c r="B132" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C132" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D132" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="E132">
-        <v>225000</v>
+        <v>2515200</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
-        <v>3278</v>
+        <v>3422</v>
       </c>
       <c r="B133" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C133" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="D133" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="E133">
-        <v>150000</v>
+        <v>225000</v>
       </c>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="G133" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
-        <v>2441</v>
+        <v>3278</v>
       </c>
       <c r="B134" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="C134" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D134" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="E134">
-        <v>1700000</v>
+        <v>150000</v>
       </c>
       <c r="F134" t="s">
         <v>10</v>
       </c>
       <c r="G134" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
-        <v>3191</v>
+        <v>2441</v>
       </c>
       <c r="B135" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C135" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D135" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="E135">
-        <v>2100000</v>
+        <v>1700000</v>
       </c>
       <c r="F135" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G135" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
-        <v>3092</v>
+        <v>3191</v>
       </c>
       <c r="B136" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C136" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="D136" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="E136">
-        <v>3000000</v>
+        <v>2100000</v>
       </c>
       <c r="F136" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G136" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
-        <v>3185</v>
+        <v>3092</v>
       </c>
       <c r="B137" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="C137" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="D137" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="E137">
-        <v>4615000</v>
+        <v>3000000</v>
       </c>
       <c r="F137" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G137" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
+        <v>3185</v>
+      </c>
+      <c r="B138" t="s">
+        <v>392</v>
+      </c>
+      <c r="C138" t="s">
+        <v>393</v>
+      </c>
+      <c r="D138" t="s">
+        <v>394</v>
+      </c>
+      <c r="E138">
+        <v>4615000</v>
+      </c>
+      <c r="F138" t="s">
+        <v>34</v>
+      </c>
+      <c r="G138" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7">
+      <c r="A139">
         <v>2798</v>
       </c>
-      <c r="B138" t="s">
+      <c r="B139" t="s">
+        <v>395</v>
+      </c>
+      <c r="C139" t="s">
         <v>396</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D139" t="s">
         <v>397</v>
       </c>
-      <c r="D138" t="s">
+      <c r="E139">
+        <v>5916000</v>
+      </c>
+      <c r="F139" t="s">
+        <v>10</v>
+      </c>
+      <c r="G139" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7">
+      <c r="A140" t="s">
+        <v>328</v>
+      </c>
+      <c r="B140" t="s">
         <v>398</v>
       </c>
-      <c r="E138">
-[...13 lines deleted...]
-      <c r="B139" t="s">
+      <c r="C140" t="s">
         <v>399</v>
       </c>
-      <c r="C139" t="s">
+      <c r="D140" t="s">
         <v>400</v>
       </c>
-      <c r="D139" t="s">
-[...2 lines deleted...]
-      <c r="E139">
+      <c r="E140">
         <v>2200000</v>
-      </c>
-[...21 lines deleted...]
-        <v>1823125</v>
       </c>
       <c r="F140" t="s">
         <v>10</v>
       </c>
       <c r="G140" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
-        <v>3206</v>
+        <v>3205</v>
       </c>
       <c r="B141" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="C141" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="D141" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="E141">
-        <v>395341</v>
+        <v>1823125</v>
       </c>
       <c r="F141" t="s">
         <v>10</v>
       </c>
       <c r="G141" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
+        <v>3206</v>
+      </c>
+      <c r="B142" t="s">
+        <v>404</v>
+      </c>
+      <c r="C142" t="s">
+        <v>405</v>
+      </c>
+      <c r="D142" t="s">
+        <v>403</v>
+      </c>
+      <c r="E142">
+        <v>395341</v>
+      </c>
+      <c r="F142" t="s">
+        <v>10</v>
+      </c>
+      <c r="G142" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7">
+      <c r="A143">
         <v>3211</v>
       </c>
-      <c r="B142" t="s">
+      <c r="B143" t="s">
+        <v>406</v>
+      </c>
+      <c r="C143" t="s">
         <v>407</v>
       </c>
-      <c r="C142" t="s">
-[...5 lines deleted...]
-      <c r="E142">
+      <c r="D143" t="s">
+        <v>403</v>
+      </c>
+      <c r="E143">
         <v>127823</v>
-      </c>
-[...21 lines deleted...]
-        <v>1900000</v>
       </c>
       <c r="F143" t="s">
         <v>10</v>
       </c>
       <c r="G143" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B144" t="s">
+        <v>408</v>
+      </c>
+      <c r="C144" t="s">
+        <v>409</v>
+      </c>
+      <c r="D144" t="s">
+        <v>410</v>
+      </c>
+      <c r="E144">
+        <v>1900000</v>
+      </c>
+      <c r="F144" t="s">
+        <v>10</v>
+      </c>
+      <c r="G144" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7">
+      <c r="A145" t="s">
+        <v>328</v>
+      </c>
+      <c r="B145" t="s">
+        <v>411</v>
+      </c>
+      <c r="C145" t="s">
         <v>412</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D145" t="s">
         <v>413</v>
       </c>
-      <c r="D144" t="s">
-[...2 lines deleted...]
-      <c r="E144">
+      <c r="E145">
         <v>1740000</v>
       </c>
-      <c r="F144" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F145" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G145" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
-        <v>2579</v>
+        <v>3017</v>
       </c>
       <c r="B146" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C146" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="D146" t="s">
-        <v>316</v>
+        <v>416</v>
       </c>
       <c r="E146">
-        <v>6000000</v>
+        <v>3400000</v>
       </c>
       <c r="F146" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G146" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
-        <v>2436</v>
+        <v>2579</v>
       </c>
       <c r="B147" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C147" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="D147" t="s">
-        <v>422</v>
+        <v>315</v>
       </c>
       <c r="E147">
-        <v>300000</v>
+        <v>6000000</v>
       </c>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
-        <v>2446</v>
+        <v>2436</v>
       </c>
       <c r="B148" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C148" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="D148" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="E148">
-        <v>500000</v>
+        <v>300000</v>
       </c>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
-        <v>2643</v>
+        <v>2446</v>
       </c>
       <c r="B149" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C149" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D149" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="E149">
-        <v>8000000</v>
+        <v>500000</v>
       </c>
       <c r="F149" t="s">
         <v>10</v>
       </c>
       <c r="G149" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
-        <v>2428</v>
+        <v>2643</v>
       </c>
       <c r="B150" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="C150" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="D150" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="E150">
-        <v>11860780</v>
+        <v>8000000</v>
       </c>
       <c r="F150" t="s">
         <v>10</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
-        <v>2421</v>
+        <v>2428</v>
       </c>
       <c r="B151" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="C151" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D151" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="E151">
-        <v>3300000</v>
+        <v>11860780</v>
       </c>
       <c r="F151" t="s">
         <v>10</v>
       </c>
       <c r="G151" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
-        <v>2452</v>
+        <v>2421</v>
       </c>
       <c r="B152" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="C152" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="D152" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="E152">
-        <v>15000000</v>
+        <v>3300000</v>
       </c>
       <c r="F152" t="s">
         <v>10</v>
       </c>
       <c r="G152" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
-        <v>2632</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>2452</v>
+      </c>
+      <c r="B153" t="s">
+        <v>434</v>
       </c>
       <c r="C153" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="D153" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="E153">
-        <v>7300000</v>
+        <v>15000000</v>
       </c>
       <c r="F153" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G153" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
-        <v>2417</v>
-[...2 lines deleted...]
-        <v>440</v>
+        <v>2632</v>
+      </c>
+      <c r="B154">
+        <v>97</v>
       </c>
       <c r="C154" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="D154" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="E154">
-        <v>500000</v>
+        <v>7300000</v>
       </c>
       <c r="F154" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G154" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
-        <v>2427</v>
+        <v>2417</v>
       </c>
       <c r="B155" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="C155" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D155" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="E155">
-        <v>4500000</v>
+        <v>500000</v>
       </c>
       <c r="F155" t="s">
         <v>10</v>
       </c>
       <c r="G155" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
-        <v>2542</v>
+        <v>2427</v>
       </c>
       <c r="B156" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="C156" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="D156" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="E156">
-        <v>113640</v>
+        <v>4500000</v>
       </c>
       <c r="F156" t="s">
         <v>10</v>
       </c>
       <c r="G156" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
-        <v>2426</v>
+        <v>2542</v>
       </c>
       <c r="B157" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="C157" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="D157" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="E157">
-        <v>200000</v>
+        <v>113640</v>
       </c>
       <c r="F157" t="s">
         <v>10</v>
       </c>
       <c r="G157" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
-        <v>2383</v>
+        <v>2426</v>
       </c>
       <c r="B158" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="C158" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="D158" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="E158">
-        <v>2970340</v>
+        <v>200000</v>
       </c>
       <c r="F158" t="s">
         <v>10</v>
       </c>
       <c r="G158" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
-        <v>2317</v>
+        <v>2383</v>
       </c>
       <c r="B159" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="C159" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="D159" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="E159">
-        <v>2750000</v>
+        <v>2970340</v>
       </c>
       <c r="F159" t="s">
         <v>10</v>
       </c>
       <c r="G159" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
+        <v>2317</v>
+      </c>
+      <c r="B160" t="s">
+        <v>454</v>
+      </c>
+      <c r="C160" t="s">
+        <v>455</v>
+      </c>
+      <c r="D160" t="s">
+        <v>456</v>
+      </c>
+      <c r="E160">
+        <v>2750000</v>
+      </c>
+      <c r="F160" t="s">
+        <v>10</v>
+      </c>
+      <c r="G160" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7">
+      <c r="A161">
         <v>2267</v>
       </c>
-      <c r="B160" t="s">
+      <c r="B161" t="s">
+        <v>457</v>
+      </c>
+      <c r="C161" t="s">
         <v>458</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D161" t="s">
         <v>459</v>
       </c>
-      <c r="D160" t="s">
+      <c r="E161">
+        <v>6150000</v>
+      </c>
+      <c r="F161" t="s">
+        <v>34</v>
+      </c>
+      <c r="G161" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7">
+      <c r="A162" t="s">
+        <v>328</v>
+      </c>
+      <c r="B162" t="s">
         <v>460</v>
       </c>
-      <c r="E160">
-[...13 lines deleted...]
-      <c r="B161" t="s">
+      <c r="C162" t="s">
         <v>461</v>
       </c>
-      <c r="C161" t="s">
+      <c r="D162" t="s">
         <v>462</v>
       </c>
-      <c r="D161" t="s">
-[...2 lines deleted...]
-      <c r="E161">
+      <c r="E162">
         <v>2400000</v>
-      </c>
-[...21 lines deleted...]
-        <v>1971128</v>
       </c>
       <c r="F162" t="s">
         <v>10</v>
       </c>
       <c r="G162" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163">
-        <v>2222</v>
+        <v>2220</v>
       </c>
       <c r="B163" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="C163" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="D163" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="E163">
-        <v>265722</v>
+        <v>1971128</v>
       </c>
       <c r="F163" t="s">
         <v>10</v>
       </c>
       <c r="G163" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164">
-        <v>2065</v>
+        <v>2222</v>
       </c>
       <c r="B164" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C164" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="D164" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="E164">
-        <v>5250000</v>
+        <v>265722</v>
       </c>
       <c r="F164" t="s">
         <v>10</v>
       </c>
       <c r="G164" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165">
-        <v>1927</v>
+        <v>2065</v>
       </c>
       <c r="B165" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="C165" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="D165" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="E165">
-        <v>500000</v>
+        <v>5250000</v>
       </c>
       <c r="F165" t="s">
         <v>10</v>
       </c>
       <c r="G165" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166">
-        <v>1954</v>
+        <v>1927</v>
       </c>
       <c r="B166" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="C166" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="D166" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="E166">
-        <v>300000</v>
+        <v>500000</v>
       </c>
       <c r="F166" t="s">
         <v>10</v>
       </c>
       <c r="G166" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167">
-        <v>2046</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>1954</v>
+      </c>
+      <c r="B167" t="s">
+        <v>474</v>
       </c>
       <c r="C167" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="D167" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="E167">
-        <v>1350000</v>
+        <v>300000</v>
       </c>
       <c r="F167" t="s">
         <v>10</v>
       </c>
       <c r="G167" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168">
-        <v>2028</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>2046</v>
+      </c>
+      <c r="B168">
+        <v>40</v>
       </c>
       <c r="C168" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="D168" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="E168">
-        <v>100000</v>
+        <v>1350000</v>
       </c>
       <c r="F168" t="s">
         <v>10</v>
       </c>
       <c r="G168" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="B169" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="C169" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="D169" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="E169">
-        <v>12000000</v>
+        <v>100000</v>
       </c>
       <c r="F169" t="s">
         <v>10</v>
       </c>
       <c r="G169" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170">
-        <v>2035</v>
+        <v>2025</v>
       </c>
       <c r="B170" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="C170" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="D170" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="E170">
-        <v>500000</v>
+        <v>12000000</v>
       </c>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171">
-        <v>1928</v>
+        <v>2035</v>
       </c>
       <c r="B171" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="C171" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="D171" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="E171">
-        <v>150000</v>
+        <v>500000</v>
       </c>
       <c r="F171" t="s">
         <v>10</v>
       </c>
       <c r="G171" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172">
-        <v>1781</v>
+        <v>1928</v>
       </c>
       <c r="B172" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="C172" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="D172" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="E172">
-        <v>12850000</v>
+        <v>150000</v>
       </c>
       <c r="F172" t="s">
         <v>10</v>
       </c>
       <c r="G172" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173">
-        <v>1844</v>
+        <v>1781</v>
       </c>
       <c r="B173" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C173" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="D173" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="E173">
-        <v>600000</v>
+        <v>12850000</v>
       </c>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174">
-        <v>1904</v>
+        <v>1844</v>
       </c>
       <c r="B174" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="C174" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="D174" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="E174">
-        <v>1500000</v>
+        <v>600000</v>
       </c>
       <c r="F174" t="s">
         <v>10</v>
       </c>
       <c r="G174" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175">
-        <v>1614</v>
+        <v>1904</v>
       </c>
       <c r="B175" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="C175" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="D175" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="E175">
-        <v>380000</v>
+        <v>1500000</v>
       </c>
       <c r="F175" t="s">
         <v>10</v>
       </c>
       <c r="G175" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176">
-        <v>1564</v>
+        <v>1614</v>
       </c>
       <c r="B176" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="C176" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="D176" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="E176">
-        <v>2554380</v>
+        <v>380000</v>
       </c>
       <c r="F176" t="s">
         <v>10</v>
       </c>
       <c r="G176" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177">
-        <v>1456</v>
+        <v>1564</v>
       </c>
       <c r="B177" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="C177" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="D177" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="E177">
-        <v>26000000</v>
+        <v>2554380</v>
       </c>
       <c r="F177" t="s">
         <v>10</v>
       </c>
       <c r="G177" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178">
-        <v>1565</v>
+        <v>1456</v>
       </c>
       <c r="B178" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C178" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="D178" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E178">
-        <v>2559907</v>
+        <v>26000000</v>
       </c>
       <c r="F178" t="s">
         <v>10</v>
       </c>
       <c r="G178" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179">
-        <v>1597</v>
+        <v>1565</v>
       </c>
       <c r="B179" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="C179" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="D179" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E179">
-        <v>345093</v>
+        <v>2559907</v>
       </c>
       <c r="F179" t="s">
         <v>10</v>
       </c>
       <c r="G179" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180">
-        <v>1552</v>
+        <v>1597</v>
       </c>
       <c r="B180" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="C180" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="D180" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="E180">
-        <v>1297320</v>
+        <v>345093</v>
       </c>
       <c r="F180" t="s">
         <v>10</v>
       </c>
       <c r="G180" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181">
-        <v>1314</v>
+        <v>1552</v>
       </c>
       <c r="B181" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="C181" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="D181" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E181">
-        <v>100000</v>
+        <v>1297320</v>
       </c>
       <c r="F181" t="s">
         <v>10</v>
       </c>
       <c r="G181" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182">
-        <v>1566</v>
+        <v>1314</v>
       </c>
       <c r="B182" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C182" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="D182" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="E182">
-        <v>574560</v>
+        <v>100000</v>
       </c>
       <c r="F182" t="s">
         <v>10</v>
       </c>
       <c r="G182" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="B183" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="C183" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="D183" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="E183">
-        <v>858040</v>
+        <v>574560</v>
       </c>
       <c r="F183" t="s">
         <v>10</v>
       </c>
       <c r="G183" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184">
-        <v>1184</v>
+        <v>1562</v>
       </c>
       <c r="B184" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="C184" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="D184" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="E184">
-        <v>11000000</v>
+        <v>858040</v>
       </c>
       <c r="F184" t="s">
         <v>10</v>
       </c>
       <c r="G184" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
-        <v>1326</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1184</v>
+      </c>
+      <c r="B185" t="s">
+        <v>525</v>
       </c>
       <c r="C185" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="D185" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="E185">
-        <v>5000000</v>
+        <v>11000000</v>
       </c>
       <c r="F185" t="s">
         <v>10</v>
       </c>
       <c r="G185" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
-        <v>1335</v>
-[...2 lines deleted...]
-        <v>531</v>
+        <v>1326</v>
+      </c>
+      <c r="B186">
+        <v>18</v>
       </c>
       <c r="C186" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="D186" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="E186">
-        <v>1400000</v>
+        <v>5000000</v>
       </c>
       <c r="F186" t="s">
         <v>10</v>
       </c>
       <c r="G186" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187">
-        <v>1956</v>
+        <v>1335</v>
       </c>
       <c r="B187" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="C187" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="D187" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="E187">
-        <v>4400000</v>
+        <v>1400000</v>
       </c>
       <c r="F187" t="s">
         <v>10</v>
       </c>
       <c r="G187" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188">
-        <v>1199</v>
+        <v>1956</v>
       </c>
       <c r="B188" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C188" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="D188" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="E188">
-        <v>500000</v>
+        <v>4400000</v>
       </c>
       <c r="F188" t="s">
         <v>10</v>
       </c>
       <c r="G188" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="B189" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="C189" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="D189" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="E189">
         <v>500000</v>
       </c>
       <c r="F189" t="s">
         <v>10</v>
       </c>
       <c r="G189" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190">
-        <v>1361</v>
+        <v>1201</v>
       </c>
       <c r="B190" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="C190" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="D190" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="E190">
-        <v>645578.4</v>
+        <v>500000</v>
       </c>
       <c r="F190" t="s">
         <v>10</v>
       </c>
       <c r="G190" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="B191" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="C191" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="D191" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="E191">
-        <v>583541.84</v>
+        <v>645578.4</v>
       </c>
       <c r="F191" t="s">
         <v>10</v>
       </c>
       <c r="G191" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192">
-        <v>1177</v>
+        <v>1363</v>
       </c>
       <c r="B192" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C192" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="D192" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="E192">
-        <v>7255000</v>
+        <v>583541.84</v>
       </c>
       <c r="F192" t="s">
         <v>10</v>
       </c>
       <c r="G192" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
-        <v>1085</v>
+        <v>1177</v>
       </c>
       <c r="B193" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="C193" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="D193" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="E193">
-        <v>52550000</v>
+        <v>7255000</v>
       </c>
       <c r="F193" t="s">
         <v>10</v>
       </c>
       <c r="G193" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
-        <v>1179</v>
+        <v>1085</v>
       </c>
       <c r="B194" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C194" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="D194" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="E194">
-        <v>1500000</v>
+        <v>52550000</v>
       </c>
       <c r="F194" t="s">
         <v>10</v>
       </c>
       <c r="G194" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
-        <v>1134</v>
+        <v>1179</v>
       </c>
       <c r="B195" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="C195" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="D195" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="E195">
-        <v>3000000</v>
+        <v>1500000</v>
       </c>
       <c r="F195" t="s">
         <v>10</v>
       </c>
       <c r="G195" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
-        <v>1100</v>
+        <v>1134</v>
       </c>
       <c r="B196" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="C196" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="D196" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="E196">
-        <v>3250000</v>
+        <v>3000000</v>
       </c>
       <c r="F196" t="s">
         <v>10</v>
       </c>
       <c r="G196" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
-        <v>1030</v>
+        <v>1100</v>
       </c>
       <c r="B197" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="C197" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="D197" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="E197">
-        <v>187675</v>
+        <v>3250000</v>
       </c>
       <c r="F197" t="s">
         <v>10</v>
       </c>
       <c r="G197" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198">
-        <v>1008</v>
+        <v>1030</v>
       </c>
       <c r="B198" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="C198" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="D198" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="E198">
-        <v>3839860</v>
+        <v>187675</v>
       </c>
       <c r="F198" t="s">
         <v>10</v>
       </c>
       <c r="G198" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199">
+        <v>1008</v>
+      </c>
+      <c r="B199" t="s">
+        <v>564</v>
+      </c>
+      <c r="C199" t="s">
+        <v>565</v>
+      </c>
+      <c r="D199" t="s">
+        <v>566</v>
+      </c>
+      <c r="E199">
+        <v>3839860</v>
+      </c>
+      <c r="F199" t="s">
+        <v>10</v>
+      </c>
+      <c r="G199" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7">
+      <c r="A200">
         <v>1009</v>
       </c>
-      <c r="B199" t="s">
+      <c r="B200" t="s">
+        <v>567</v>
+      </c>
+      <c r="C200" t="s">
         <v>568</v>
       </c>
-      <c r="C199" t="s">
-[...5 lines deleted...]
-      <c r="E199">
+      <c r="D200" t="s">
+        <v>566</v>
+      </c>
+      <c r="E200">
         <v>517640</v>
       </c>
-      <c r="F199" t="s">
-[...2 lines deleted...]
-      <c r="G199" t="s">
+      <c r="F200" t="s">
+        <v>10</v>
+      </c>
+      <c r="G200" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>