--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -80,180 +80,180 @@
   <si>
     <t>2029-11-30 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-053</t>
   </si>
   <si>
     <t>1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ηγουμενίτσας</t>
   </si>
   <si>
     <t>2026-12-31 10:33:00</t>
   </si>
   <si>
     <t>ΗΠ-070</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-070 (Α/Α 19865) - Επενδύσεις στη διαχείριση λυμάτων οικισμών Γ΄ προτεραιότητας Οδηγίας 91/271/ΕΟΚ για την Περιφέρεια Ηπείρου – 2η πρόσκληση</t>
   </si>
   <si>
     <t>2026-03-31 14:00:00</t>
   </si>
   <si>
     <t>ΠΗΠΕ-05</t>
   </si>
   <si>
-    <t>Έκδοση πρόσκλησης ΠΗΠΕ-05 - (Α/Α 21145) - Ήπειρος Καινοτομίας: Δημιουργία και Ενίσχυση Startup &amp; Spin-off επιχειρήσεων</t>
-[...2 lines deleted...]
-    <t>2026-03-18 14:00:00</t>
+    <t>Πρόσκληση ΠΗΠΕ-05 - (Α/Α 21145) - Ήπειρος Καινοτομίας: Δημιουργία και Ενίσχυση Startup &amp; Spin-off επιχειρήσεων</t>
+  </si>
+  <si>
+    <t>2026-04-30 15:00:00</t>
+  </si>
+  <si>
+    <t>Ναι</t>
   </si>
   <si>
     <t>ΗΠ-071</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-071 (Α/Α 20325) - Υποδομές επαγγελματικής εκπαίδευσης και δια βίου μάθησης : Εκσυγχρονισμός και αναβάθμιση Σ.Α.Ε.Κ. Ιωαννίνων – Γαλακτοκομική Σχολή – 2η Πρόσκληση</t>
   </si>
   <si>
+    <t>2026-04-30 14:00:00</t>
+  </si>
+  <si>
+    <t>ΠΗΠΕ-04</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΠΗΠΕ-04 (Α/Α 19925) - Ήπειρος Κοινωνικής Οικονομίας: Δημιουργία και Ενίσχυση Φορέων Κ.ΑΛ.Ο.</t>
+  </si>
+  <si>
+    <t>2026-03-26 15:00:00</t>
+  </si>
+  <si>
+    <t>Ιδιώτες</t>
+  </si>
+  <si>
+    <t>ΠΗΠΕ-03</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΠΗΠΕ-03 (Α/Α 19885) : Επιχειρώ – Καινοτομώ στην Ήπειρο</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ΗΠ-064 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Πρόσκληση ΗΠ-064 (Α/Α 18165) - 3η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ιωαννιτών</t>
+  </si>
+  <si>
+    <t>ΗΠ-066</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Πρόσκληση ΗΠ-066 (Α/Α 18725) - 2η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Πρέβεζας</t>
+  </si>
+  <si>
+    <t>ΗΠ-067</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Πρόσκληση ΗΠ-067 (Α/Α 18967) - Έργα πολιτισμού ΣΒΑΑ Δήμου Αρταίων</t>
+  </si>
+  <si>
+    <t>ΗΠ-069</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-069 (A/A 19766) - 1η πρόσκληση Στρατηγικής ΒΑΑ Δήμου Ηγουμενίτσας</t>
+  </si>
+  <si>
+    <t>7000000,00</t>
+  </si>
+  <si>
+    <t>ΗΠ-068</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-068 (Α/Α 19765) - Πράξεις αστικής κινητικότητας ΣΒΑΑ Δήμου Ιωαννιτών</t>
+  </si>
+  <si>
+    <t>ΠΗΠΕ-02</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΠΗΠΕ-02 (Α/Α 18825) : Απασχολώ στην Ήπειρο</t>
+  </si>
+  <si>
+    <t>2025-12-15 14:00:00</t>
+  </si>
+  <si>
+    <t>ΗΠ-061</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ061 (Α/Α 17425) - Κατασκευή - επέκταση κτιριακών υποδομών Α&amp;Β βάθμιας εκπαίδευσης</t>
+  </si>
+  <si>
+    <t>ΗΠ-062</t>
+  </si>
+  <si>
+    <t>Πρόσκληση ΗΠ-062 (Α/Α 17956) - Ενίσχυση ανοιχτών ερευνητικών υποδομών τοπικού χαρακτήρα</t>
+  </si>
+  <si>
+    <t>ΗΠ-063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Πρόσκληση ΗΠ-063 (Α/Α 18465) - Υποδομές Γ' θμιας Εκπαίδευσης στην  Ήπειρο </t>
+  </si>
+  <si>
     <t>2026-02-27 14:00:00</t>
   </si>
   <si>
-    <t>ΠΗΠΕ-04</t>
-[...82 lines deleted...]
-  <si>
     <t>ΗΠ-059</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-059 (Α/Α 17306) - Έργα διασφάλισης της προσβασιμότητας ΑμΕΑ σε υφιστάμενες κτιριακές δομές πρωτοβάθμιας και δευτεροβάθμιας εκπαίδευσης </t>
   </si>
   <si>
     <t>ΠΗΠΡ-01</t>
   </si>
   <si>
     <t>Πρόσκληση ΠΗΠΡ-01 (Α/Α 17865) : Ερευνώ στην Ήπειρο</t>
   </si>
   <si>
     <t>2025-10-30 15:00:00</t>
   </si>
   <si>
     <t>ΗΠ-058</t>
   </si>
   <si>
     <t xml:space="preserve">Πρόσκληση ΗΠ-058 (Α/Α 15265) - Υποδομές και εξοπλισμοί στον τομέα της Υγείας </t>
   </si>
   <si>
     <t>2026-01-30 13:28:00</t>
   </si>
   <si>
     <t>ΗΠ-060</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-060 (Α/Α 16985) - Υποδομές Φροντίδας στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
-    <t>2026-03-03 14:00:00</t>
+    <t>2026-04-02 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-065</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-065 (Α/Α 18405) - Προσχολική εκπαίδευση &amp; ΚΔΑΠ κύκλος 2025-2026 στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t>2025-09-11 14:00:00</t>
   </si>
   <si>
     <t>ΗΠ-054</t>
   </si>
   <si>
     <t>Λειτουργία νέων Τοπικών Ομάδων Υγείας (TOMY), στην Περιφέρεια Ηπείρου</t>
   </si>
   <si>
     <t>2025-07-15 12:58:00</t>
   </si>
   <si>
     <t>ΗΠ-056</t>
   </si>
   <si>
     <t>Πρόσκληση ΗΠ-056 (Α/Α 14885) - Περιήγηση με τη χρήση επαυξημένης εικονικής πραγματικότητας στις εκθέσεις των αρχαιολογικών μουσείων</t>
   </si>
@@ -2226,370 +2226,370 @@
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>21145</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6">
         <v>2000000</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>20325</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E7">
         <v>500000</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>19925</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E8">
         <v>750000</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>19885</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D9" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="E9">
         <v>15000000</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>18165</v>
       </c>
       <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10">
         <v>8000000</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>18725</v>
       </c>
       <c r="B11" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11">
         <v>3600000</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>18967</v>
       </c>
       <c r="B12" t="s">
+        <v>38</v>
+      </c>
+      <c r="C12" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12">
         <v>2000000</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>19766</v>
       </c>
       <c r="B13" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>19765</v>
       </c>
       <c r="B14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14">
         <v>4500000</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>18825</v>
       </c>
       <c r="B15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" t="s">
         <v>46</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E15">
         <v>3500000</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G15" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>17425</v>
       </c>
       <c r="B16" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" t="s">
         <v>49</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E16">
         <v>6300000</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>17965</v>
       </c>
       <c r="B17" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" t="s">
         <v>51</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E17">
         <v>4000000</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>18465</v>
       </c>
       <c r="B18" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" t="s">
         <v>53</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E18">
         <v>7000000</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>17306</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="E19">
         <v>1600000</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>17865</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
       <c r="E20">
         <v>15000000</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>15265</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
       <c r="E21">
         <v>12030000</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21" t="s">
         <v>11</v>
       </c>
     </row>
@@ -3868,54 +3868,54 @@
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
         <v>6843</v>
       </c>
       <c r="B78" t="s">
         <v>220</v>
       </c>
       <c r="C78" t="s">
         <v>221</v>
       </c>
       <c r="D78" t="s">
         <v>222</v>
       </c>
       <c r="E78">
         <v>200000</v>
       </c>
       <c r="F78" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G78" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
         <v>932</v>
       </c>
       <c r="B79" t="s">
         <v>223</v>
       </c>
       <c r="C79" t="s">
         <v>224</v>
       </c>
       <c r="D79" t="s">
         <v>225</v>
       </c>
       <c r="E79">
         <v>5000000</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4299,77 +4299,77 @@
       </c>
       <c r="F96" t="s">
         <v>10</v>
       </c>
       <c r="G96" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
         <v>4613</v>
       </c>
       <c r="B97" t="s">
         <v>272</v>
       </c>
       <c r="C97" t="s">
         <v>273</v>
       </c>
       <c r="D97" t="s">
         <v>274</v>
       </c>
       <c r="E97">
         <v>30000000</v>
       </c>
       <c r="F97" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G97" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
         <v>4412</v>
       </c>
       <c r="B98" t="s">
         <v>275</v>
       </c>
       <c r="C98" t="s">
         <v>276</v>
       </c>
       <c r="D98" t="s">
         <v>277</v>
       </c>
       <c r="E98">
         <v>500000</v>
       </c>
       <c r="F98" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G98" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
         <v>4063</v>
       </c>
       <c r="B99" t="s">
         <v>278</v>
       </c>
       <c r="C99" t="s">
         <v>279</v>
       </c>
       <c r="D99" t="s">
         <v>280</v>
       </c>
       <c r="E99">
         <v>2500000</v>
       </c>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="G99" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4460,54 +4460,54 @@
       </c>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
         <v>3868</v>
       </c>
       <c r="B104" t="s">
         <v>292</v>
       </c>
       <c r="C104" t="s">
         <v>293</v>
       </c>
       <c r="D104" t="s">
         <v>294</v>
       </c>
       <c r="E104">
         <v>2000000</v>
       </c>
       <c r="F104" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G104" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
         <v>3301</v>
       </c>
       <c r="B105" t="s">
         <v>295</v>
       </c>
       <c r="C105" t="s">
         <v>296</v>
       </c>
       <c r="D105" t="s">
         <v>297</v>
       </c>
       <c r="E105">
         <v>150000</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4601,51 +4601,51 @@
       </c>
       <c r="G109" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
         <v>0</v>
       </c>
       <c r="B110" t="s">
         <v>310</v>
       </c>
       <c r="C110" t="s">
         <v>311</v>
       </c>
       <c r="D110" t="s">
         <v>312</v>
       </c>
       <c r="E110">
         <v>2870000</v>
       </c>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="G110" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
         <v>3840</v>
       </c>
       <c r="B111" t="s">
         <v>313</v>
       </c>
       <c r="C111" t="s">
         <v>314</v>
       </c>
       <c r="D111" t="s">
         <v>315</v>
       </c>
       <c r="E111">
         <v>4595439</v>
       </c>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="G111" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4713,100 +4713,100 @@
       </c>
       <c r="F114" t="s">
         <v>10</v>
       </c>
       <c r="G114" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115">
         <v>3811</v>
       </c>
       <c r="B115" t="s">
         <v>325</v>
       </c>
       <c r="C115" t="s">
         <v>326</v>
       </c>
       <c r="D115" t="s">
         <v>327</v>
       </c>
       <c r="E115">
         <v>2000000</v>
       </c>
       <c r="F115" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G115" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>328</v>
       </c>
       <c r="B116" t="s">
         <v>329</v>
       </c>
       <c r="C116" t="s">
         <v>330</v>
       </c>
       <c r="D116" t="s">
         <v>331</v>
       </c>
       <c r="E116">
         <v>2870000</v>
       </c>
       <c r="F116" t="s">
         <v>10</v>
       </c>
       <c r="G116" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
         <v>3741</v>
       </c>
       <c r="B117" t="s">
         <v>332</v>
       </c>
       <c r="C117" t="s">
         <v>333</v>
       </c>
       <c r="D117" t="s">
         <v>334</v>
       </c>
       <c r="E117">
         <v>2300000</v>
       </c>
       <c r="F117" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G117" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
         <v>3748</v>
       </c>
       <c r="B118" t="s">
         <v>335</v>
       </c>
       <c r="C118" t="s">
         <v>336</v>
       </c>
       <c r="D118" t="s">
         <v>337</v>
       </c>
       <c r="E118">
         <v>612939</v>
       </c>
       <c r="F118" t="s">
         <v>10</v>
       </c>
       <c r="G118" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4831,51 +4831,51 @@
       </c>
       <c r="G119" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>328</v>
       </c>
       <c r="B120" t="s">
         <v>340</v>
       </c>
       <c r="C120" t="s">
         <v>341</v>
       </c>
       <c r="D120" t="s">
         <v>312</v>
       </c>
       <c r="E120">
         <v>3253000</v>
       </c>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
         <v>3611</v>
       </c>
       <c r="B121" t="s">
         <v>342</v>
       </c>
       <c r="C121" t="s">
         <v>343</v>
       </c>
       <c r="D121" t="s">
         <v>344</v>
       </c>
       <c r="E121">
         <v>4000000</v>
       </c>
       <c r="F121" t="s">
         <v>10</v>
       </c>
       <c r="G121" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4897,100 +4897,100 @@
       </c>
       <c r="F122" t="s">
         <v>10</v>
       </c>
       <c r="G122" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
         <v>3550</v>
       </c>
       <c r="B123" t="s">
         <v>348</v>
       </c>
       <c r="C123" t="s">
         <v>349</v>
       </c>
       <c r="D123" t="s">
         <v>350</v>
       </c>
       <c r="E123">
         <v>3000000</v>
       </c>
       <c r="F123" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G123" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
         <v>3194</v>
       </c>
       <c r="B124" t="s">
         <v>351</v>
       </c>
       <c r="C124" t="s">
         <v>352</v>
       </c>
       <c r="D124" t="s">
         <v>353</v>
       </c>
       <c r="E124">
         <v>5500000</v>
       </c>
       <c r="F124" t="s">
         <v>10</v>
       </c>
       <c r="G124" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
         <v>3403</v>
       </c>
       <c r="B125" t="s">
         <v>354</v>
       </c>
       <c r="C125" t="s">
         <v>355</v>
       </c>
       <c r="D125" t="s">
         <v>356</v>
       </c>
       <c r="E125">
         <v>5000000</v>
       </c>
       <c r="F125" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G125" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
         <v>3369</v>
       </c>
       <c r="B126" t="s">
         <v>357</v>
       </c>
       <c r="C126" t="s">
         <v>358</v>
       </c>
       <c r="D126" t="s">
         <v>359</v>
       </c>
       <c r="E126">
         <v>2000000</v>
       </c>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="G126" t="s">
         <v>11</v>
       </c>
     </row>
@@ -5196,100 +5196,100 @@
       </c>
       <c r="F135" t="s">
         <v>10</v>
       </c>
       <c r="G135" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
         <v>3191</v>
       </c>
       <c r="B136" t="s">
         <v>386</v>
       </c>
       <c r="C136" t="s">
         <v>387</v>
       </c>
       <c r="D136" t="s">
         <v>388</v>
       </c>
       <c r="E136">
         <v>2100000</v>
       </c>
       <c r="F136" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G136" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
         <v>3092</v>
       </c>
       <c r="B137" t="s">
         <v>389</v>
       </c>
       <c r="C137" t="s">
         <v>390</v>
       </c>
       <c r="D137" t="s">
         <v>391</v>
       </c>
       <c r="E137">
         <v>3000000</v>
       </c>
       <c r="F137" t="s">
         <v>10</v>
       </c>
       <c r="G137" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
         <v>3185</v>
       </c>
       <c r="B138" t="s">
         <v>392</v>
       </c>
       <c r="C138" t="s">
         <v>393</v>
       </c>
       <c r="D138" t="s">
         <v>394</v>
       </c>
       <c r="E138">
         <v>4615000</v>
       </c>
       <c r="F138" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G138" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139">
         <v>2798</v>
       </c>
       <c r="B139" t="s">
         <v>395</v>
       </c>
       <c r="C139" t="s">
         <v>396</v>
       </c>
       <c r="D139" t="s">
         <v>397</v>
       </c>
       <c r="E139">
         <v>5916000</v>
       </c>
       <c r="F139" t="s">
         <v>10</v>
       </c>
       <c r="G139" t="s">
         <v>11</v>
       </c>
     </row>
@@ -5426,54 +5426,54 @@
       </c>
       <c r="F145" t="s">
         <v>10</v>
       </c>
       <c r="G145" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
         <v>3017</v>
       </c>
       <c r="B146" t="s">
         <v>414</v>
       </c>
       <c r="C146" t="s">
         <v>415</v>
       </c>
       <c r="D146" t="s">
         <v>416</v>
       </c>
       <c r="E146">
         <v>3400000</v>
       </c>
       <c r="F146" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G146" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
         <v>2579</v>
       </c>
       <c r="B147" t="s">
         <v>417</v>
       </c>
       <c r="C147" t="s">
         <v>418</v>
       </c>
       <c r="D147" t="s">
         <v>315</v>
       </c>
       <c r="E147">
         <v>6000000</v>
       </c>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147" t="s">
         <v>11</v>
       </c>
     </row>
@@ -5610,54 +5610,54 @@
       </c>
       <c r="F153" t="s">
         <v>10</v>
       </c>
       <c r="G153" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
         <v>2632</v>
       </c>
       <c r="B154">
         <v>97</v>
       </c>
       <c r="C154" t="s">
         <v>437</v>
       </c>
       <c r="D154" t="s">
         <v>438</v>
       </c>
       <c r="E154">
         <v>7300000</v>
       </c>
       <c r="F154" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G154" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
         <v>2417</v>
       </c>
       <c r="B155" t="s">
         <v>439</v>
       </c>
       <c r="C155" t="s">
         <v>440</v>
       </c>
       <c r="D155" t="s">
         <v>441</v>
       </c>
       <c r="E155">
         <v>500000</v>
       </c>
       <c r="F155" t="s">
         <v>10</v>
       </c>
       <c r="G155" t="s">
         <v>11</v>
       </c>
     </row>
@@ -5771,54 +5771,54 @@
       </c>
       <c r="F160" t="s">
         <v>10</v>
       </c>
       <c r="G160" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161">
         <v>2267</v>
       </c>
       <c r="B161" t="s">
         <v>457</v>
       </c>
       <c r="C161" t="s">
         <v>458</v>
       </c>
       <c r="D161" t="s">
         <v>459</v>
       </c>
       <c r="E161">
         <v>6150000</v>
       </c>
       <c r="F161" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G161" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>328</v>
       </c>
       <c r="B162" t="s">
         <v>460</v>
       </c>
       <c r="C162" t="s">
         <v>461</v>
       </c>
       <c r="D162" t="s">
         <v>462</v>
       </c>
       <c r="E162">
         <v>2400000</v>
       </c>
       <c r="F162" t="s">
         <v>10</v>
       </c>
       <c r="G162" t="s">
         <v>11</v>
       </c>
     </row>