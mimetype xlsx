--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>ΑΑ (code)</t>
   </si>
   <si>
     <t>Κωδικός Πρόσκλησης (code_ops)</t>
   </si>
   <si>
     <t>Τίτλος Πρόσκλησης</t>
   </si>
   <si>
     <t>Ημερομηνία Λήξης Υποβολής</t>
   </si>
   <si>
     <t>Πρoϋπολογισμός</t>
   </si>
   <si>
     <t>Κρατική ενίσχυση</t>
   </si>
   <si>
     <t>Δικαιούχοι</t>
   </si>
   <si>
     <t>24/2016</t>
   </si>
   <si>
@@ -188,155 +188,158 @@
   <si>
     <t>2020-11-20 14:00:00</t>
   </si>
   <si>
     <t>98/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 98/2020 (Α/Α 4448) "Κατάρτιση με πρακτική και Πιστοποίηση γνώσεων και δεξιοτήτων των ανέργων της Στρατηγικής ΤΑΠΤοΚ  ΕΚΤ στην περιοχή υλοποίησης του ΤΑΠΤοΚ  Leader της ΗΠΕΙΡΟΣ ΑΕ"</t>
   </si>
   <si>
     <t>2020-11-30 14:00:00</t>
   </si>
   <si>
     <t>99/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 99/2020 (Α/Α 4461) "Κατάρτιση και Πιστοποίηση γνώσεων και δεξιοτήτων απασχολούμενων στους κλάδους της γεωργίας και της κτηνοτροφίας στην περιοχή εφαρμογής της Στρατηγικής ΤΑΠΤοΚ  ΕΚΤ στην περιοχή υλοποίησης του ΤΑΠΤοΚ  Leader της ΗΠΕΙΡΟΣ ΑΕ"</t>
   </si>
   <si>
     <t>105/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 105/2020 (Α/Α 4613) "ΕΝΙΣΧΥΣΗ ΜΙΚΡΩΝ ΚΑΙ ΠΟΛΥ ΜΙΚΡΩΝ ΕΠΙΧΕΙΡΗΣΕΩΝ ΠΟΥ ΕΠΛΗΓΗΣΑΝ ΑΠΟ ΤΗΝ ΠΑΝΔΗΜΙΑ COVID  19 ΣΤΗΝ ΠΕΡΙΦΕΡΕΙΑ ΗΠΕΙΡΟΥ"</t>
   </si>
   <si>
-    <t>2020-12-04 15:00:00</t>
+    <t>2020-12-23 15:00:00</t>
   </si>
   <si>
     <t>97/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 97/2020 (Α/Α 4412) "Επιχορήγηση Φορέων Κοινωνικής και Αλληλέγγυας Οικονομίας"</t>
   </si>
   <si>
-    <t>2020-10-30 15:00:00</t>
+    <t>2021-02-26 15:00:00</t>
   </si>
   <si>
     <t>91/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 91/2019 (Α/Α 4063) "Αξιοποίηση οικιστικού αποθέματος πολιτιστικής κληρονομιάς της πόλης Ιωαννίνων"</t>
   </si>
   <si>
     <t>2020-09-30 14:00:00</t>
   </si>
   <si>
     <t>96/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 96/2020 (Α/Α 4405) "Ενίσχυση των Μονάδων και Φορέων Υγείας του Υπουργείου Υγείας με επικουρικό προσωπικό για την ανταπόκριση στις ανάγκες λόγω της επιδημίας COVID  19"</t>
   </si>
   <si>
-    <t>2020-11-16 14:00:00</t>
+    <t>2021-01-18 14:00:00</t>
   </si>
   <si>
     <t>95/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 95/2020 (Α/Α 4364) "Εναρμόνιση οικογενειακής και επαγγελματικής ζωής έτους 20202021"</t>
   </si>
   <si>
     <t>2020-08-31 14:00:00</t>
   </si>
   <si>
     <t>100/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 100/2020 (Α/Α 4478) "Παροχή υπηρεσιών προσχολικής αγωγής για ΑμεΑ και παροχή υπηρεσιών δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για ΑμεΑ έτους 20202021"</t>
   </si>
   <si>
     <t>94/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 94/2020 (Α/Α 4127) "Υποδομές Κοινωνικής Πρόνοιας της Στρατηγικής ΒΑΑ"</t>
   </si>
   <si>
     <t>2020-07-03 14:00:00</t>
   </si>
   <si>
     <t>79/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 79/2019 (Α/Α 3868) "Πρόγραμμα επιχορήγησης επιχειρήσεων των τομέων αιχμής της Περιφέρειας Ηπείρου για την απασχόληση ανέργων με υψηλά τυπικά προσόντα"</t>
   </si>
   <si>
     <t>2020-10-15 15:00:00</t>
   </si>
   <si>
     <t>92/2020</t>
   </si>
   <si>
     <t>Πρόσκληση 92/2020 (Α/Α 3301) "Δικτύωση και προβολή της Πολιτιστικής Διαδρομής στα Αρχαία Θέατρα της Ηπείρου"</t>
   </si>
   <si>
     <t>2020-10-30 14:00:00</t>
   </si>
   <si>
     <t>88/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 88/2019 (Α/Α 3851) "ΑΝΑΒΑΘΜΙΣΗ ΔΕΞΙΟΤΗΤΩΝ ΣΕ ΑΝΕΡΓΟΥΣ ΚΑΙ ΕΝΙΣΧΥΣΗ ΤΩΝ ΠΡΟΟΠΤΙΚΩΝ ΕΝΤΑΞΗΣ ΣΤΗΝ ΑΓΟΡΑ ΕΡΓΑΣΙΑΣ"</t>
   </si>
   <si>
+    <t>2020-07-31 14:00:00</t>
+  </si>
+  <si>
+    <t>90/2019</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 90/2019 (Α/Α 3953) "Επενδύσεις στη διαχείριση λυμάτων στην Περιφέρεια Ηπείρου"</t>
+  </si>
+  <si>
+    <t>2020-03-05 14:00:00</t>
+  </si>
+  <si>
+    <t>89/2019</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 89/2019 (Α/Α 3910) "Προώθηση των υπηρεσιών διαπολιτισμικής μεσολάβησης σε Κέντρα Κοινότητας της Περιφέρειας Ηπείρου"</t>
+  </si>
+  <si>
+    <t>2020-01-09 14:00:00</t>
+  </si>
+  <si>
+    <t>86/2019</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 86/2019 (Α/Α 3840) "Έργα αντιπλημμυρικής προστασίας σε πεδινές  μη δασικές περιοχές II"</t>
+  </si>
+  <si>
     <t>2020-06-30 14:00:00</t>
   </si>
   <si>
-    <t>90/2019</t>
-[...22 lines deleted...]
-  <si>
     <t>81/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 81/2019 (Α/Α 3721) "Παρεμβάσεις που συμβάλλουν στην ενεργειακή αποδοτικότητα των αστικών μεταφορών και κέντρων"</t>
   </si>
   <si>
     <t>2019-12-30 14:00:00</t>
   </si>
   <si>
     <t>85 / 2019</t>
   </si>
   <si>
     <t>Πρόσκληση 85 / 2019 (Α/Α 3756) "Αναβάθμιση κτιρίων και βελτίωση της ενεργειακής απόδοσης στον οικιακό κτιριακό τομέα  Β Κύκλος"</t>
   </si>
   <si>
     <t>2019-10-31 14:00:00</t>
   </si>
   <si>
     <t>87/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 87/2019 (Α/Α 3609) "Στέγη Υποστηριζόμενης Διαβίωσης ΣΥΔ"</t>
   </si>
   <si>
     <t>2019-10-10 14:00:00</t>
@@ -359,59 +362,62 @@
   <si>
     <t>2019-10-31 15:00:00</t>
   </si>
   <si>
     <t>83/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 83/2019 (Α/Α 3748) "Εναρμόνιση οικογενειακής και επαγγελματικής ζωής για το σχολικό έτος 20192020"</t>
   </si>
   <si>
     <t>2019-08-30 14:00:00</t>
   </si>
   <si>
     <t>84/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 84/2019 (Α/Α 3749) "Παροχή υπηρεσιών προσχολικής αγωγής για ΑμεΑ και παροχή υπηρεσιών δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για ΑμεΑ για το σχολικό έτος 20192020"</t>
   </si>
   <si>
     <t>78/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 78/2019 (Α/Α 3611) "Επενδύσεις στη βελτίωση των  συνθηκών ασφάλειας  στο επαρχιακό και εθνικό οδικό δίκτυο"</t>
   </si>
   <si>
-    <t>2020-01-10 14:00:00</t>
+    <t>2020-06-10 14:00:00</t>
   </si>
   <si>
     <t>63/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 63/2018 (Α/Α 3023) "Παροχή υπηρεσιών Ψυχικής Υγείας στην Κοινότητα"</t>
   </si>
   <si>
+    <t>2020-01-30 14:00:00</t>
+  </si>
+  <si>
     <t>77/2019</t>
   </si>
   <si>
     <t>Πρόσκληση 77/2019 (Α/Α 3550) "ΕΚΠΟΝΗΣΗ ΚΑΙ ΕΦΑΡΜΟΓΗ ΕΠΙΧΕΙΡΗΣΙΑΚΩΝ ΣΧΕΔΙΩΝ ΜΜΕ ΓΙΑ ΟΡΓΑΝΩΤΙΚΗ ΑΝΑΔΙΑΡΘΡΩΣΗ ΚΑΙ ΠΡΟΣΑΝΑΤΟΛΙΣΜΟ ΣΤΗΝ ΕΞΩΣΤΡΕΦΕΙΑ"</t>
   </si>
   <si>
     <t>2019-06-28 15:00:00</t>
   </si>
   <si>
     <t>72/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 72/2018 (Α/Α 3194) "Αναβάθμιση κτιρίων και βελτίωση της ενεργειακής απόδοσης σε δημόσια κτίρια"</t>
   </si>
   <si>
     <t>2019-07-10 14:00:00</t>
   </si>
   <si>
     <t>74/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 74/2018 (Α/Α 3403) "Ενίσχυση των ΜΜΕ για επενδύσεις τεχνολογικού εκσυγχρονισμού και εξοικονόμησης ενέργειας"</t>
   </si>
   <si>
     <t>2019-03-29 15:00:00</t>
@@ -479,144 +485,141 @@
   <si>
     <t>64/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 64/2018 (Α/Α 2441) "Ανάπτυξη και χρήση ψηφιακών συστημάτων προϊόντων και υπηρεσιών από τους ΟΤΑ"</t>
   </si>
   <si>
     <t>2019-01-15 15:00:00</t>
   </si>
   <si>
     <t>61/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 61/2018 (Α/Α 3191) "Υποστηρικτικοί Μηχανισμοί για την προώθηση της καινοτομίας στην τοπική επιχειρηματικότητα"</t>
   </si>
   <si>
     <t>2018-09-28 15:00:00</t>
   </si>
   <si>
     <t>65_2018</t>
   </si>
   <si>
     <t>Πρόσκληση 65_2018 (Α/Α 3092) "Ενίσχυση των δομών πολιτικής προστασίας και των δομών καταπολέμησης των δασικών πυρκαγιών"</t>
   </si>
   <si>
-    <t>2018-11-09 14:00:00</t>
+    <t>2018-11-09 16:00:00</t>
   </si>
   <si>
     <t>60/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 60/2018 (Α/Α 3185) "Ενίσχυση υφιστάμενων ΜΜΕ  για την ανάπτυξη καινοτόμων προϊόντων και υπηρεσιών"</t>
   </si>
   <si>
     <t>2018-10-19 15:00:00</t>
   </si>
   <si>
     <t>59/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 59/2018 (Α/Α 2798) "Έργα κατασκευής αντικατάστασης βελτίωσης και επέκτασης δικτύων αποχέτευσης όμβριων υδάτων"</t>
   </si>
   <si>
-    <t>2018-09-28 14:00:00</t>
+    <t>2018-10-08 14:00:00</t>
   </si>
   <si>
     <t>66/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 66/2018 (Α/Α 3205) "Εναρμόνιση οικογενειακής και επαγγελματικής ζωής για το σχολικό έτος 20182019"</t>
   </si>
   <si>
     <t>2018-08-24 14:00:00</t>
   </si>
   <si>
     <t>67/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 67/2018 (Α/Α 3206) "Παροχή υπηρεσιών προσχολικής αγωγής για ΑμεΑ και παροχή υπηρεσιών δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για ΑμεΑ για το σχολικό έτος 20182019"</t>
   </si>
   <si>
     <t>68/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 68/2018 (Α/Α 3211) "Παράλληλη στήριξη παιδιών με αναπηρία ηκαι ειδικές εκπαιδευτικές ανάγκες για τα σχολικά έτη 20182021"</t>
   </si>
   <si>
     <t>58-2018</t>
   </si>
   <si>
     <t>Πρόσκληση 58-2018 (Α/Α 3017) "Ηλεκτρονικό Επιχειρείν ebusiness"</t>
   </si>
   <si>
     <t>2018-07-09 15:00:00</t>
   </si>
   <si>
     <t>52/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 52/2017 (Α/Α 2579) "Επενδύσεις σε έργα αστικής αναζωογόνησης  3η προκήρυξη"</t>
   </si>
   <si>
-    <t>2019-12-31 14:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>56/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 56/2018 (Α/Α 2436) "Ψηφιακές Υπηρεσίες στα Μνημεία"</t>
   </si>
   <si>
     <t>2018-12-21 14:00:00</t>
   </si>
   <si>
     <t>57/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 57/2018 (Α/Α 2446) "Ανάπτυξη Έξυπνης Πλατφόρμας Τοπικής Αυτοδιοίκησης smart cities"</t>
   </si>
   <si>
     <t>2018-10-29 14:00:00</t>
   </si>
   <si>
     <t>55/2018</t>
   </si>
   <si>
     <t>Πρόσκληση 55/2018 (Α/Α 2643) "Έργα αντιπλημμυρικής προστασίας σε πεδινές  μη δασικές περιοχές"</t>
   </si>
   <si>
     <t>2018-07-06 14:00:00</t>
   </si>
   <si>
     <t>51/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 51/2017 (Α/Α 2428) "Υλοποίηση υποδομών μεταφορών στο πλαίσιο της εγκεκριμένης Στρατηγικής για την Ολοκληρωμένη Χωρική Επένδυση Πολιτιστική Διαδρομή στα Αρχαία Θέατρα της Ηπείρου"</t>
   </si>
   <si>
-    <t>2019-09-30 14:00:00</t>
+    <t>2019-12-03 14:00:00</t>
   </si>
   <si>
     <t>47/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 47/2017 (Α/Α 2421) "Επενδύσεις σε έργα αστικής αναζωογόνησης  2η προκήρυξη"</t>
   </si>
   <si>
     <t>2018-04-26 14:00:00</t>
   </si>
   <si>
     <t>50/2017</t>
   </si>
   <si>
     <t>Πρόσκληση 50/2017 (Α/Α 2452) "Υλοποίηση υποδομών μεταφορών στο πλαίσιο της εγκεκριμένης Στρατηγικής Βιώσιμης Αστικής Ανάπτυξης του Δήμου Ιωαννιτών"</t>
   </si>
   <si>
     <t>2018-03-30 14:00:00</t>
   </si>
   <si>
     <t>Πρόσκληση 097 (Α/Α 2632) "Συμμετοχή Επιχειρησιακών Προγραμμάτων των Περιφερειών στο Ταμείο Επιχειρηματικότητας ΙΙ Β κύκλος"</t>
   </si>
   <si>
     <t>2018-02-28 23:59:00</t>
   </si>
@@ -800,80 +803,80 @@
   <si>
     <t>2016-08-19 15:00:00</t>
   </si>
   <si>
     <t>29/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 29/2016 (Α/Α 1565) "Εναρμόνιση οικογενειακής και επαγγελματικής ζωής για το σχολικό έτος 20162017"</t>
   </si>
   <si>
     <t>2016-08-12 14:00:00</t>
   </si>
   <si>
     <t>30/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 30/2016 (Α/Α 1597) "Παροχή υπηρεσιών προσχολικής αγωγής για ΑμεΑ και  παροχή υπηρεσιών δημιουργικής απασχόλησης ψυχαγωγίας και αναψυχής για ΑμεΑ για το σχολικό έτος 20162017"</t>
   </si>
   <si>
     <t>25/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 25/2016 (Α/Α 1552) "Κέντρα Κοινότητας"</t>
   </si>
   <si>
+    <t>2016-09-01 15:00:00</t>
+  </si>
+  <si>
+    <t>16/2016</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 16/2016 (Α/Α 1314) "Υλοποίηση Διαχειριστικού Σχεδίου Λεκανών Απορροής Υδατικού Διαμερίσματος Ηπείρου Δράσεις για την εφαρμογή της Οδηγίας για τα ύδατα κολύμβησης"</t>
+  </si>
+  <si>
+    <t>2016-07-29 15:00:00</t>
+  </si>
+  <si>
+    <t>28/2016</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 28/2016 (Α/Α 1566) "Δομές Αστέγων"</t>
+  </si>
+  <si>
+    <t>2016-09-29 15:00:00</t>
+  </si>
+  <si>
+    <t>26/2016</t>
+  </si>
+  <si>
+    <t>Πρόσκληση 26/2016 (Α/Α 1562) "Κέντρα Ημερήσιας Φροντίδας Ηλικιωμένων  ΚΗΦΗ"</t>
+  </si>
+  <si>
     <t>2016-08-11 15:00:00</t>
   </si>
   <si>
-    <t>16/2016</t>
-[...25 lines deleted...]
-  <si>
     <t>13/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 13/2015 (Α/Α 1184) "ΑΞΙΟΠΟΙΗΣΗ ΤΟΥ ΠΟΛΙΤΙΣΤΙΚΟΥ ΑΠΟΘΕΜΑΤΟΣ ΤΗΣ ΠΕΡΙΦΕΡΕΙΑΣ"</t>
   </si>
   <si>
     <t>2016-09-30 14:00:00</t>
   </si>
   <si>
     <t>Πρόσκληση 18 (Α/Α 1326) "Υποδομές Τριτοβάθμιας Εκπαίδευσης"</t>
   </si>
   <si>
     <t>2016-03-28 14:00:00</t>
   </si>
   <si>
     <t>19/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 19/2016 (Α/Α 1335) "Δράσεις υλοποίησης Σχεδίων Ασφάλειας Νερού και οριοθέτησης ζωνών προστασίας σημείων υδροληψίας υπόγειου νερού"</t>
   </si>
   <si>
     <t>2016-05-31 15:00:00</t>
   </si>
   <si>
     <t>37/2017</t>
@@ -899,51 +902,51 @@
   <si>
     <t>Πρόσκληση 15/2016 (Α/Α 1201) "Εκπόνηση σχεδίων δράσης για τη βιώσιμη ενέργεια"</t>
   </si>
   <si>
     <t>20/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 20/2016 (Α/Α 1361) "Λειτουργία δομών και υπηρεσιών της Τοπικής Αυτοδιοίκησης προς όφελος των γυναικών και για την καταπολέμηση της βίας  Λειτουργία Κέντρων Συμβουλευτικής Υποστήριξης γυναικών θυμάτων βίας σε τοπικό επίπεδο"</t>
   </si>
   <si>
     <t>2016-02-29 23:59:00</t>
   </si>
   <si>
     <t>21/2016</t>
   </si>
   <si>
     <t>Πρόσκληση 21/2016 (Α/Α 1363) "Λειτουργία δομών και υπηρεσιών της Τοπικής Αυτοδιοίκησης προς όφελος των γυναικών και για την καταπολέμηση της βίαςΛειτουργία ξενώνων φιλοξενίας"</t>
   </si>
   <si>
     <t>11/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 11/2015 (Α/Α 1177) "Yποδομές υγείας"</t>
   </si>
   <si>
-    <t>2016-02-28 14:00:00</t>
+    <t>2016-03-11 14:00:00</t>
   </si>
   <si>
     <t>6/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 6/2015 (Α/Α 1085) "Επενδύσεις στη διαχείριση λυμάτων"</t>
   </si>
   <si>
     <t>2016-02-12 14:00:00</t>
   </si>
   <si>
     <t>12/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 12/2015 (Α/Α 1179) "ΕΠΕΝΔΥΣΕΙΣ ΣΕ ΕΡΓΑ ΑΣΤΙΚΗΣ ΑΝΑΖΩΟΓΟΝΗΣΗΣ"</t>
   </si>
   <si>
     <t>2015-12-07 14:00:00</t>
   </si>
   <si>
     <t>7/2015</t>
   </si>
   <si>
     <t>Πρόσκληση 7/2015 (Α/Α 1134) " Κοινωνικές υποδομές πρόνοιας"</t>
   </si>
@@ -2013,1868 +2016,1868 @@
       </c>
       <c r="D29" t="s">
         <v>90</v>
       </c>
       <c r="E29">
         <v>150000</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>3840</v>
       </c>
       <c r="B30" t="s">
         <v>91</v>
       </c>
       <c r="C30" t="s">
         <v>92</v>
       </c>
       <c r="D30" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="E30">
         <v>4595439</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>3721</v>
       </c>
       <c r="B31" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C31" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D31" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E31">
         <v>12217735</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>3756</v>
       </c>
       <c r="B32" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C32" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D32" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E32">
         <v>2500000</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>3609</v>
       </c>
       <c r="B33" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C33" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D33" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E33">
         <v>1400000</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>3811</v>
       </c>
       <c r="B34" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C34" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D34" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E34">
         <v>2000000</v>
       </c>
       <c r="F34" t="s">
         <v>18</v>
       </c>
       <c r="G34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>3741</v>
       </c>
       <c r="B35" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C35" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D35" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E35">
         <v>2300000</v>
       </c>
       <c r="F35" t="s">
         <v>18</v>
       </c>
       <c r="G35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>3748</v>
       </c>
       <c r="B36" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C36" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D36" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E36">
         <v>612939</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>3749</v>
       </c>
       <c r="B37" t="s">
+        <v>112</v>
+      </c>
+      <c r="C37" t="s">
+        <v>113</v>
+      </c>
+      <c r="D37" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E37">
         <v>338864</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>3611</v>
       </c>
       <c r="B38" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C38" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D38" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E38">
         <v>4000000</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
         <v>3023</v>
       </c>
       <c r="B39" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C39" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D39" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="E39">
         <v>2668850</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>3550</v>
       </c>
       <c r="B40" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C40" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D40" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E40">
         <v>3000000</v>
       </c>
       <c r="F40" t="s">
         <v>18</v>
       </c>
       <c r="G40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>3194</v>
       </c>
       <c r="B41" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C41" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D41" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E41">
         <v>5500000</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>3403</v>
       </c>
       <c r="B42" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C42" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D42" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E42">
         <v>5000000</v>
       </c>
       <c r="F42" t="s">
         <v>18</v>
       </c>
       <c r="G42" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>3369</v>
       </c>
       <c r="B43" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C43" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D43" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E43">
         <v>2000000</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
         <v>3287</v>
       </c>
       <c r="B44" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C44" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D44" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E44">
         <v>2924863</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
         <v>3339</v>
       </c>
       <c r="B45" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C45" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D45" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E45">
         <v>15000000</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
         <v>3424</v>
       </c>
       <c r="B46" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C46" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D46" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E46">
         <v>5606895</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>2979</v>
       </c>
       <c r="B47" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C47" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D47" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E47">
         <v>2515200</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>3422</v>
       </c>
       <c r="B48" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C48" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D48" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E48">
         <v>225000</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>3278</v>
       </c>
       <c r="B49" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C49" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D49" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E49">
         <v>150000</v>
       </c>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>2441</v>
       </c>
       <c r="B50" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C50" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D50" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E50">
         <v>1700000</v>
       </c>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>3191</v>
       </c>
       <c r="B51" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C51" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D51" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E51">
         <v>2100000</v>
       </c>
       <c r="F51" t="s">
         <v>18</v>
       </c>
       <c r="G51" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>3092</v>
       </c>
       <c r="B52" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C52" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D52" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E52">
         <v>3000000</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
         <v>3185</v>
       </c>
       <c r="B53" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C53" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D53" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E53">
         <v>4615000</v>
       </c>
       <c r="F53" t="s">
         <v>18</v>
       </c>
       <c r="G53" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
         <v>2798</v>
       </c>
       <c r="B54" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C54" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D54" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E54">
         <v>5916000</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>3205</v>
       </c>
       <c r="B55" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C55" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D55" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E55">
         <v>1823125</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
         <v>3206</v>
       </c>
       <c r="B56" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C56" t="s">
+        <v>168</v>
+      </c>
+      <c r="D56" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E56">
         <v>395341</v>
       </c>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
         <v>3211</v>
       </c>
       <c r="B57" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C57" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D57" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E57">
         <v>127823</v>
       </c>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
         <v>3017</v>
       </c>
       <c r="B58" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C58" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D58" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E58">
         <v>3400000</v>
       </c>
       <c r="F58" t="s">
         <v>18</v>
       </c>
       <c r="G58" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
         <v>2579</v>
       </c>
       <c r="B59" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C59" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D59" t="s">
-        <v>174</v>
+        <v>93</v>
       </c>
       <c r="E59">
         <v>6000000</v>
       </c>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
         <v>2436</v>
       </c>
       <c r="B60" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C60" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D60" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E60">
         <v>300000</v>
       </c>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
         <v>2446</v>
       </c>
       <c r="B61" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C61" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D61" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E61">
         <v>500000</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
         <v>2643</v>
       </c>
       <c r="B62" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D62" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E62">
         <v>8000000</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
         <v>2428</v>
       </c>
       <c r="B63" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C63" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D63" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E63">
         <v>11860780</v>
       </c>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
         <v>2421</v>
       </c>
       <c r="B64" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C64" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D64" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E64">
         <v>3300000</v>
       </c>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
         <v>2452</v>
       </c>
       <c r="B65" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C65" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D65" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E65">
         <v>15000000</v>
       </c>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
         <v>2632</v>
       </c>
       <c r="B66">
         <v>97</v>
       </c>
       <c r="C66" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D66" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E66">
         <v>7300000</v>
       </c>
       <c r="F66" t="s">
         <v>18</v>
       </c>
       <c r="G66" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>2417</v>
       </c>
       <c r="B67" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C67" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D67" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E67">
         <v>500000</v>
       </c>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>2427</v>
       </c>
       <c r="B68" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C68" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D68" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E68">
         <v>4500000</v>
       </c>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
         <v>2542</v>
       </c>
       <c r="B69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C69" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E69">
         <v>113640</v>
       </c>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
         <v>2426</v>
       </c>
       <c r="B70" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C70" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E70">
         <v>200000</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
         <v>2383</v>
       </c>
       <c r="B71" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C71" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D71" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E71">
         <v>2970340</v>
       </c>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
         <v>2317</v>
       </c>
       <c r="B72" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C72" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D72" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E72">
         <v>2750000</v>
       </c>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
         <v>2267</v>
       </c>
       <c r="B73" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C73" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D73" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E73">
         <v>6150000</v>
       </c>
       <c r="F73" t="s">
         <v>18</v>
       </c>
       <c r="G73" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
         <v>2220</v>
       </c>
       <c r="B74" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C74" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D74" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E74">
         <v>1971128</v>
       </c>
       <c r="F74" t="s">
         <v>10</v>
       </c>
       <c r="G74" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
         <v>2222</v>
       </c>
       <c r="B75" t="s">
+        <v>220</v>
+      </c>
+      <c r="C75" t="s">
+        <v>221</v>
+      </c>
+      <c r="D75" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E75">
         <v>265722</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
         <v>2065</v>
       </c>
       <c r="B76" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C76" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D76" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E76">
         <v>5250000</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
         <v>1927</v>
       </c>
       <c r="B77" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C77" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D77" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E77">
         <v>500000</v>
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
         <v>1954</v>
       </c>
       <c r="B78" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C78" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D78" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E78">
         <v>300000</v>
       </c>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
         <v>2046</v>
       </c>
       <c r="B79">
         <v>40</v>
       </c>
       <c r="C79" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D79" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E79">
         <v>1350000</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80">
         <v>2028</v>
       </c>
       <c r="B80" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C80" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D80" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E80">
         <v>100000</v>
       </c>
       <c r="F80" t="s">
         <v>10</v>
       </c>
       <c r="G80" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81">
         <v>2035</v>
       </c>
       <c r="B81" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C81" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D81" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E81">
         <v>500000</v>
       </c>
       <c r="F81" t="s">
         <v>10</v>
       </c>
       <c r="G81" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
         <v>1928</v>
       </c>
       <c r="B82" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C82" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D82" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E82">
         <v>150000</v>
       </c>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
         <v>1844</v>
       </c>
       <c r="B83" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C83" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D83" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E83">
         <v>600000</v>
       </c>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="G83" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
         <v>1904</v>
       </c>
       <c r="B84" t="s">
+        <v>245</v>
+      </c>
+      <c r="C84" t="s">
+        <v>246</v>
+      </c>
+      <c r="D84" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="E84">
         <v>1500000</v>
       </c>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="G84" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
         <v>1614</v>
       </c>
       <c r="B85" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C85" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D85" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E85">
         <v>380000</v>
       </c>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
         <v>1564</v>
       </c>
       <c r="B86" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C86" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D86" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E86">
         <v>2554380</v>
       </c>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
         <v>1456</v>
       </c>
       <c r="B87" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C87" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D87" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E87">
         <v>26000000</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
         <v>1565</v>
       </c>
       <c r="B88" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C88" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D88" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E88">
         <v>2559907</v>
       </c>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="G88" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
         <v>1597</v>
       </c>
       <c r="B89" t="s">
+        <v>259</v>
+      </c>
+      <c r="C89" t="s">
+        <v>260</v>
+      </c>
+      <c r="D89" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E89">
         <v>345093</v>
       </c>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="G89" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
         <v>1552</v>
       </c>
       <c r="B90" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C90" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D90" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E90">
         <v>1297320</v>
       </c>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
         <v>1314</v>
       </c>
       <c r="B91" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C91" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D91" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E91">
         <v>100000</v>
       </c>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
         <v>1566</v>
       </c>
       <c r="B92" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C92" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D92" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E92">
         <v>574560</v>
       </c>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
         <v>1562</v>
       </c>
       <c r="B93" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C93" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D93" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E93">
         <v>858040</v>
       </c>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
         <v>1184</v>
       </c>
       <c r="B94" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C94" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D94" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E94">
         <v>11000000</v>
       </c>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="G94" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
         <v>1326</v>
       </c>
       <c r="B95">
         <v>18</v>
       </c>
       <c r="C95" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D95" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E95">
         <v>5000000</v>
       </c>
       <c r="F95" t="s">
         <v>10</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
         <v>1335</v>
       </c>
       <c r="B96" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C96" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D96" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E96">
         <v>1400000</v>
       </c>
       <c r="F96" t="s">
         <v>10</v>
       </c>
       <c r="G96" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
         <v>1956</v>
       </c>
       <c r="B97" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C97" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D97" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E97">
         <v>4400000</v>
       </c>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="G97" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
         <v>1199</v>
       </c>
       <c r="B98" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C98" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D98" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E98">
         <v>500000</v>
       </c>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="G98" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
         <v>1201</v>
       </c>
       <c r="B99" t="s">
+        <v>287</v>
+      </c>
+      <c r="C99" t="s">
+        <v>288</v>
+      </c>
+      <c r="D99" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
       <c r="E99">
         <v>500000</v>
       </c>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="G99" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
         <v>1361</v>
       </c>
       <c r="B100" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C100" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D100" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E100">
         <v>645578.4</v>
       </c>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
         <v>1363</v>
       </c>
       <c r="B101" t="s">
+        <v>292</v>
+      </c>
+      <c r="C101" t="s">
+        <v>293</v>
+      </c>
+      <c r="D101" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E101">
         <v>583541.84</v>
       </c>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
         <v>1177</v>
       </c>
       <c r="B102" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C102" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D102" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E102">
         <v>7255000</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
         <v>1085</v>
       </c>
       <c r="B103" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C103" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D103" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E103">
         <v>52550000</v>
       </c>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
         <v>1179</v>
       </c>
       <c r="B104" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C104" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D104" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E104">
         <v>1500000</v>
       </c>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
         <v>1134</v>
       </c>
       <c r="B105" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C105" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D105" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E105">
         <v>3000000</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
         <v>1100</v>
       </c>
       <c r="B106" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C106" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D106" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E106">
         <v>3250000</v>
       </c>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
         <v>1030</v>
       </c>
       <c r="B107" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C107" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D107" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E107">
         <v>187675</v>
       </c>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
         <v>1008</v>
       </c>
       <c r="B108" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C108" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D108" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E108">
         <v>3839860</v>
       </c>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
         <v>1009</v>
       </c>
       <c r="B109" t="s">
+        <v>315</v>
+      </c>
+      <c r="C109" t="s">
+        <v>316</v>
+      </c>
+      <c r="D109" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E109">
         <v>517640</v>
       </c>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="G109" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>