--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -74,51 +74,51 @@
   <si>
     <t>14.6i.26.2-4</t>
   </si>
   <si>
     <t>Πρόσκληση 14.6i.26.2-4 (Α/Α 4369) "Διαχείριση Βιοαποβλήτων στην Περιφέρεια Ηπείρου Ά κύκλος"</t>
   </si>
   <si>
     <t>2021-01-19 14:00:00</t>
   </si>
   <si>
     <t>14.6i.26.2-4.5</t>
   </si>
   <si>
     <t>Πρόσκληση 14.6i.26.2-4.5 (Α/Α 3338) "Διαχείριση Βιοαποβλήτων στην Περιφέρεια Ηπείρου Ά κύκλος"</t>
   </si>
   <si>
     <t>2020-07-02 14:00:00</t>
   </si>
   <si>
     <t>14.6i.26.5.5</t>
   </si>
   <si>
     <t>Πρόσκληση 14.6i.26.5.5 (Α/Α 3337) "Δημιουργία Πράσινων Σημείων στην Περιφέρεια Ηπείρου"</t>
   </si>
   <si>
-    <t>2019-09-05 14:00:00</t>
+    <t>2020-01-21 14:00:00</t>
   </si>
   <si>
     <t>14.6ii.29.6</t>
   </si>
   <si>
     <t>Πρόσκληση 14.6ii.29.6 (Α/Α 2025) "Υποδομές συλλογής και επεξεργασίας αστικών λυμάτων ΕΕΛ στους οικισμούς Γ' προτεραιότητας πληθυσμός 200015000 ιπ που απαιτούνται σύμφωνα με την Οδηγία 91271ΕΟΚ"</t>
   </si>
   <si>
     <t>2017-04-21 14:00:00</t>
   </si>
   <si>
     <t>14.6i.27.8.5</t>
   </si>
   <si>
     <t>Πρόσκληση 14.6i.27.8.5 (Α/Α 1781) "Ολοκλήρωση και συμπλήρωση υποδομών ολοκληρωμένης διαχείρισης αποβλήτων"</t>
   </si>
   <si>
     <t>2017-01-13 14:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>