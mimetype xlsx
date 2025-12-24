--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>ΑΑ (code)</t>
   </si>
   <si>
     <t>Κωδικός Πρόσκλησης (code_ops)</t>
   </si>
   <si>
     <t>Τίτλος Πρόσκλησης</t>
   </si>
   <si>
     <t>Ημερομηνία Λήξης Υποβολής</t>
   </si>
   <si>
     <t>Πρoϋπολογισμός</t>
   </si>
   <si>
     <t>Κρατική ενίσχυση</t>
   </si>
   <si>
     <t>Δικαιούχοι</t>
   </si>
   <si>
     <t>2η Πρόσκληση για την υποβολή αιτήσεων στήριξης στο πλαίσιο των Υπομέτρων 16.1 - 16.2: (Δράση 2) και Υπομέτρων 16.1 – 16.5: (Δράση 2)</t>
   </si>
   <si>
@@ -74,90 +74,87 @@
   <si>
     <t>2019-12-02 00:00:00</t>
   </si>
   <si>
     <t>Ιδιώτες</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>264/26-6-2019</t>
   </si>
   <si>
     <t>Πρόσκληση 264/26-6-2019 "ΜΕΤΡΟΥ 19 - ΥΠΟΜΕΤΡΟ 19.2: «Στήριξη για την υλοποίηση πράξεων στο πλαίσιο της στρατηγικής ΤΑΠΤοΚ» (πράξεων ιδιωτικού χαρακτήρα)"</t>
   </si>
   <si>
     <t>2019-09-30 00:00:00</t>
   </si>
   <si>
     <t>173/24-4-2019</t>
   </si>
   <si>
     <t>Πρόσκληση 173/24-4-2019 "ΜΕΤΡΟΥ 19 - ΥΠΟΜΕΤΡΟ 19.2: «Στήριξη για την υλοποίηση πράξεων στο πλαίσιο της στρατηγικής ΤΑΠΤοΚ» (πράξεων ιδιωτικού χαρακτήρα)"</t>
   </si>
   <si>
-    <t>2019-10-08 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>4.3.1/ΕΥΔΠ _87</t>
   </si>
   <si>
     <t>Πρόσκληση 4.3.1/ΕΥΔΠ _87 "Επενδύσεις σε υλικά στοιχεία του ενεργητικού -  4.3: Στήριξη για επενδύσεις σε υποδομές που συνδέονται με την ανάπτυξη, τον εκσυγχρονισμό ή την προσαρμογή της γεωργίας και της δασοκομίας -  4.3.1: Υποδομές εγγείων βελτιώσεων"</t>
   </si>
   <si>
-    <t>2019-12-31 00:00:00</t>
+    <t>2020-10-12 14:00:00</t>
   </si>
   <si>
     <t>Φορείς</t>
   </si>
   <si>
     <t>4267/24-5-2018</t>
   </si>
   <si>
     <t>Πρόσκληση 4267/24-5-2018 "1η Πρόσκληση για την υποβολή αιτήσεων στήριξης στο πλαίσιο των Υπομέτρων  16. 1 - 16.2: (Δράση 1 και 2) και Υπομέτρων 16.1 – 16.5: (Δράση 1 &amp; 2)"</t>
   </si>
   <si>
     <t>2018-11-23 00:00:00</t>
   </si>
   <si>
     <t>87/3-5-2018</t>
   </si>
   <si>
     <t>Πρόσκληση 87/3-5-2018 "ΜΕΤΡΟ 19 - ΥΠΟΜΕΤΡΟ 19.2 - ΔΡΑΣΕΙΣ: 19.2.4-ΒΑΣΙΚΕΣ ΥΠΗΡΕΣΙΕΣ &amp; ΑΝΑΠΛΑΣΗ ΧΩΡΙΩΝ ΣΕ ΑΓΡΟΤΙΚΕΣ ΠΕΡΙΟΧΕΣ ΚΑΙ 19.2.5-ΠΑΡΕΜΒΑΣΕΙΣ ΓΙΑ ΤΗ ΒΕΛΤΙΩΣΗ ΥΠΟΔΟΜΩΝ ΣΤΟΝ ΠΡΩΤΟΓΕΝΗ ΤΟΜΕΑ"</t>
   </si>
   <si>
     <t>2018-10-31 00:00:00</t>
   </si>
   <si>
     <t>59/11-4-2018</t>
   </si>
   <si>
     <t>Πρόσκληση 59/11-4-2018 "ΜΕΤΡΟ 19 - ΥΠΟΜΕΤΡΟ 19.2 - ΔΡΑΣΕΙΣ: 19.2.4-ΒΑΣΙΚΕΣ ΥΠΗΡΕΣΙΕΣ &amp; ΑΝΑΠΛΑΣΗ ΧΩΡΙΩΝ ΣΕ ΑΓΡΟΤΙΚΕΣ ΠΕΡΙΟΧΕΣ ΚΑΙ 19.2.5-ΠΑΡΕΜΒΑΣΕΙΣ ΓΙΑ ΤΗ ΒΕΛΤΙΩΣΗ ΥΠΟΔΟΜΩΝ ΣΤΟΝ ΠΡΩΤΟΓΕΝΗ ΤΟΜΕΑ"</t>
   </si>
   <si>
-    <t>2018-10-04 00:00:00</t>
+    <t>2018-10-22 00:00:00</t>
   </si>
   <si>
     <t>4.3.4./ΕΥΔΠ_87 (1η)</t>
   </si>
   <si>
     <t>Πρόσκληση 4.3.4./ΕΥΔΠ_87 (1η) "Επενδύσεις σε υλικά στοιχεία του ενεργητικού (άρθρο 17) - 4.3 : Στήριξη για επενδύσεις σε υποδομές που σχετίζονται με την ανάπτυξη, τον εκσυγχρονισμό ή την προσαρμογή της γεωργίας και της δασοπονίας - 4.3.4 : Βελτίωση της πρόσβασης σε γεωργική γη και κτην"</t>
   </si>
   <si>
     <t>2017-10-27 00:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -595,175 +592,175 @@
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4">
         <v>2870000</v>
       </c>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E5">
         <v>3253000</v>
       </c>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" t="s">
         <v>21</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E6">
         <v>4610000</v>
       </c>
       <c r="F6" t="s">
         <v>9</v>
       </c>
       <c r="G6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
         <v>25</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E7">
         <v>2200000</v>
       </c>
       <c r="F7" t="s">
         <v>9</v>
       </c>
       <c r="G7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
         <v>28</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="E8">
         <v>1900000</v>
       </c>
       <c r="F8" t="s">
         <v>9</v>
       </c>
       <c r="G8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" t="s">
         <v>31</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E9">
         <v>1740000</v>
       </c>
       <c r="F9" t="s">
         <v>9</v>
       </c>
       <c r="G9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" t="s">
         <v>34</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E10">
         <v>2400000</v>
       </c>
       <c r="F10" t="s">
         <v>9</v>
       </c>
       <c r="G10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">